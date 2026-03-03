--- v0 (2025-10-15)
+++ v1 (2026-03-03)
@@ -443,114 +443,458 @@
         </w:rPr>
         <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r w:rsidR="00D664E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00B16C24">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00B16C24">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
-        <w:instrText xml:space="preserve"> </w:instrText>
-[...23 lines deleted...]
-        <w:instrText xml:space="preserve"> </w:instrText>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
       </w:r>
       <w:r w:rsidR="00B16C24">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00247058">
+      <w:r w:rsidR="00BE7F98">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00BE7F98">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00BE7F98">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00CE57F0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00CE57F0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00CE57F0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008439B9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008439B9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008439B9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004A47C4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="004A47C4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004A47C4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="006D547C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="006D547C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="006D547C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="0065287B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="0065287B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="0065287B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00050AB2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00050AB2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00050AB2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="008A02DF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="008A02DF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="008A02DF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="002B3255">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="002B3255">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="002B3255">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00382A81">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="00382A81">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET </w:instrText>
+      </w:r>
+      <w:r w:rsidR="00382A81">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="004F5E72">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="004F5E72">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004F5E72">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText>INCLUDEPICTURE  "cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" \* MERGEFORMATINET</w:instrText>
+      </w:r>
+      <w:r w:rsidR="004F5E72">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> </w:instrText>
+      </w:r>
+      <w:r w:rsidR="004F5E72">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00EC12B8">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:pict w14:anchorId="3AA588AE">
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:320.25pt;height:156.9pt;visibility:visible">
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:320.25pt;height:156.8pt;visibility:visible">
             <v:imagedata r:id="rId12" r:href="rId13"/>
           </v:shape>
         </w:pict>
+      </w:r>
+      <w:r w:rsidR="004F5E72">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00382A81">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="002B3255">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="008A02DF">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00050AB2">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="0065287B">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="006D547C">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="004A47C4">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="008439B9">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00CE57F0">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidR="00BE7F98">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00B16C24">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00D664E9">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00427A3A">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
@@ -782,106 +1126,117 @@
                             <w:r w:rsidRPr="00580CC2">
                               <w:rPr>
                                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="36"/>
                                 <w:szCs w:val="36"/>
                               </w:rPr>
                               <w:t>License contract to use the Saudi Quality Mark</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="1BC3E0A9" w14:textId="77777777" w:rsidR="00743028" w:rsidRDefault="00743028" w:rsidP="00580CC2">
                             <w:pPr>
                               <w:spacing w:line="259" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="4B9B2E"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="79293CD3" w14:textId="33FD6978" w:rsidR="00743028" w:rsidRPr="00580CC2" w:rsidRDefault="00743028" w:rsidP="00580CC2">
+                          <w:p w14:paraId="79293CD3" w14:textId="344F8DCC" w:rsidR="00743028" w:rsidRPr="00580CC2" w:rsidRDefault="00743028" w:rsidP="00580CC2">
                             <w:pPr>
                               <w:spacing w:line="259" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="4B9B2E"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00C04EAE">
                               <w:rPr>
                                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="4B9B2E"/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
-                              <w:t>QMS-F-12-01 V6.00</w:t>
+                              <w:t>QMS-F-12-01 V6.</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004A4176">
+                              <w:rPr>
+                                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:color w:val="4B9B2E"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t>01</w:t>
                             </w:r>
                           </w:p>
                           <w:p w14:paraId="3E0F690F" w14:textId="77777777" w:rsidR="00743028" w:rsidRPr="003D2F6F" w:rsidRDefault="00743028" w:rsidP="00F830CB">
                             <w:pPr>
                               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback>
+          <mc:Fallback xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid">
             <w:pict>
               <v:shapetype w14:anchorId="4C92F684" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:-54pt;margin-top:22.3pt;width:592.7pt;height:137.45pt;z-index:251709440;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBJGpH4DAIAAPMDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjjxkiY14hRduw4D&#10;ugvQ7gMYWY6FSaImKbG7ry8lp2mwvQ3TgyCJ5CHPIbW+GoxmB+mDQlvz2WTKmbQCG2V3Nf/xePdu&#10;xVmIYBvQaGXNn2TgV5u3b9a9q2SJHepGekYgNlS9q3kXo6uKIohOGggTdNKSsUVvINLV74rGQ0/o&#10;RhfldHpR9Ogb51HIEOj1djTyTcZvWynit7YNMjJdc6ot5t3nfZv2YrOGaufBdUocy4B/qMKAspT0&#10;BHULEdjeq7+gjBIeA7ZxItAU2LZKyMyB2Mymf7B56MDJzIXECe4kU/h/sOLr4btnqql5yZkFQy16&#10;lENkH3BgZVKnd6EipwdHbnGgZ+pyZhrcPYqfgVm86cDu5LX32HcSGqpuliKLs9ARJySQbf8FG0oD&#10;+4gZaGi9SdKRGIzQqUtPp86kUgQ9Lhflcr6iEgXZZsv54mL5PueA6iXc+RA/STQsHWruqfUZHg73&#10;IaZyoHpxSdks3imtc/u1ZX3NLxflIgecWYyKNJ1amZqvpmmN85JYfrRNDo6g9HimBNoeaSemI+c4&#10;bAdyTFpssXkiATyOU0i/hg4d+t+c9TSBNQ+/9uAlZ/qzJREvZ/N5Gtl8mS+WJV38uWV7bgErCKrm&#10;kbPxeBPzmI9cr0nsVmUZXis51kqTldU5/oI0uuf37PX6VzfPAAAA//8DAFBLAwQUAAYACAAAACEA&#10;YLpekuAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3Fo7Jf0L2VQIxBVE&#10;W5C4ufE2iRqvo9htwtvjnuA4mtHMN/lmtK24UO8bxwjJVIEgLp1puELY714nKxA+aDa6dUwIP+Rh&#10;U9ze5DozbuAPumxDJWIJ+0wj1CF0mZS+rMlqP3UdcfSOrrc6RNlX0vR6iOW2lTOlFtLqhuNCrTt6&#10;rqk8bc8W4fPt+P2Vqvfqxc67wY1Ksl1LxPu78ekRRKAx/IXhih/RoYhMB3dm40WLMEnUKp4JCGm6&#10;AHFNqOUyBXFAeEjWc5BFLv+fKH4BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASRqR+AwC&#10;AADzAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAYLpe&#10;kuAAAAAMAQAADwAAAAAAAAAAAAAAAABmBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;" filled="f" stroked="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w14:paraId="46E9247A" w14:textId="71BE3AED" w:rsidR="00743028" w:rsidRDefault="00743028" w:rsidP="00580CC2">
                       <w:pPr>
                         <w:spacing w:line="259" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:eastAsiaTheme="minorHAnsi" w:hint="cs"/>
                           <w:b/>
@@ -908,73 +1263,84 @@
                       <w:r w:rsidRPr="00580CC2">
                         <w:rPr>
                           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="36"/>
                           <w:szCs w:val="36"/>
                         </w:rPr>
                         <w:t>License contract to use the Saudi Quality Mark</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="1BC3E0A9" w14:textId="77777777" w:rsidR="00743028" w:rsidRDefault="00743028" w:rsidP="00580CC2">
                       <w:pPr>
                         <w:spacing w:line="259" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="4B9B2E"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="79293CD3" w14:textId="33FD6978" w:rsidR="00743028" w:rsidRPr="00580CC2" w:rsidRDefault="00743028" w:rsidP="00580CC2">
+                    <w:p w14:paraId="79293CD3" w14:textId="344F8DCC" w:rsidR="00743028" w:rsidRPr="00580CC2" w:rsidRDefault="00743028" w:rsidP="00580CC2">
                       <w:pPr>
                         <w:spacing w:line="259" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="4B9B2E"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00C04EAE">
                         <w:rPr>
                           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="4B9B2E"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
-                        <w:t>QMS-F-12-01 V6.00</w:t>
+                        <w:t>QMS-F-12-01 V6.</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004A4176">
+                        <w:rPr>
+                          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:color w:val="4B9B2E"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t>01</w:t>
                       </w:r>
                     </w:p>
                     <w:p w14:paraId="3E0F690F" w14:textId="77777777" w:rsidR="00743028" w:rsidRPr="003D2F6F" w:rsidRDefault="00743028" w:rsidP="00F830CB">
                       <w:pPr>
                         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="833C0B" w:themeColor="accent2" w:themeShade="80"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="03A0531A" w14:textId="77777777" w:rsidR="00566BD9" w:rsidRPr="00E3544D" w:rsidRDefault="00566BD9" w:rsidP="00D03804">
       <w:pPr>
@@ -1301,154 +1667,138 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="28D8A79B" w14:textId="1AA29EC8" w:rsidR="007D2A18" w:rsidRPr="00E3544D" w:rsidRDefault="007D2A18" w:rsidP="0062582F">
       <w:pPr>
         <w:pStyle w:val="aaaa"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6BB21E58" w14:textId="79123256" w:rsidR="007D2A18" w:rsidRPr="00E3544D" w:rsidRDefault="007D2A18" w:rsidP="000570CF">
       <w:pPr>
         <w:pStyle w:val="aaaa"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="776091D0" w14:textId="197C49C7" w:rsidR="007D2A18" w:rsidRPr="00E3544D" w:rsidRDefault="007D2A18" w:rsidP="0062582F">
-[...8 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="21"/>
         <w:bidiVisual/>
-        <w:tblW w:w="10481" w:type="dxa"/>
+        <w:tblW w:w="10717" w:type="dxa"/>
         <w:tblInd w:w="-430" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3114"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3115"/>
+        <w:gridCol w:w="1137"/>
+        <w:gridCol w:w="650"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="898"/>
+        <w:gridCol w:w="2079"/>
+        <w:gridCol w:w="156"/>
+        <w:gridCol w:w="2251"/>
+        <w:gridCol w:w="856"/>
+        <w:gridCol w:w="1137"/>
+        <w:gridCol w:w="1108"/>
+        <w:gridCol w:w="20"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w14:paraId="02E8F648" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w14:paraId="02E8F648" w14:textId="77777777" w:rsidTr="00EC4933">
         <w:trPr>
           <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2EA488FB" w14:textId="0585EE66" w:rsidR="00B92B4C" w:rsidRPr="0035100E" w:rsidRDefault="00B92B4C" w:rsidP="000570CF">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>المقدمة:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="329DEA99" w14:textId="77777777" w:rsidR="00B92B4C" w:rsidRDefault="00B92B4C" w:rsidP="000570CF">
+          <w:p w14:paraId="56145D26" w14:textId="0D01D910" w:rsidR="00560D06" w:rsidRPr="0035100E" w:rsidRDefault="00B92B4C" w:rsidP="00B00CC1">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>أبرم هذا العقد بين الهيئة السعودية للمواصفات والمقاييس والجودة (مالكة علامة الجودة) وبين المنشأة المتقدمة بطلب الحصول على الترخيص باستعمال علامة الجودة.</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6E5C54BC" w14:textId="77777777" w:rsidR="00B92B4C" w:rsidRPr="0035100E" w:rsidRDefault="00B92B4C" w:rsidP="00B92B4C">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Introduction</w:t>
             </w:r>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -1525,10623 +1875,10091 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> applying for a license to use the </w:t>
             </w:r>
             <w:r w:rsidR="008E2DD4">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Quality Mark </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w14:paraId="5FDA62B0" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w14:paraId="5FDA62B0" w14:textId="77777777" w:rsidTr="00EC4933">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F6F4B47" w14:textId="24CC0068" w:rsidR="00560D06" w:rsidRPr="00F41148" w:rsidRDefault="00B92B4C" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035100E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>أطراف العقد:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B47782E" w14:textId="29F834E7" w:rsidR="00B92B4C" w:rsidRPr="00F41148" w:rsidRDefault="00B92B4C" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Parties of the contract</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="74A2FC6E" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3EC7401B" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035100E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الطرف الأول:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035100E">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4052" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12E08BB0" w14:textId="485B38C0" w:rsidR="00F41148" w:rsidRPr="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035100E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الهيئة السعود</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">ية للمواصفات والمقاييس والجودة  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4400" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72A7E345" w14:textId="5EC57D7C" w:rsidR="00F41148" w:rsidRPr="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Saudi Standards Metrology and Quality Organization (SASO), </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1128" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2118DE62" w14:textId="4DD61CDF" w:rsidR="00B92B4C" w:rsidRDefault="00B92B4C" w:rsidP="00080310">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="1782166C" w14:textId="442FFD24" w:rsidR="00F41148" w:rsidRPr="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
-                <w:sz w:val="16"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="70573E33" w14:textId="77777777" w:rsidR="0035100E" w:rsidRDefault="00B92B4C" w:rsidP="00080310">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>First Party:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="060DA41C" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BD81D75" w14:textId="7B6F0522" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0035100E">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="0035100E">
+            <w:r>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...5 lines deleted...]
-              <w:ind w:left="0"/>
+              <w:t>ويشار إليها بــــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="0035100E">
+              <w:t xml:space="preserve">(الهيئة) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2CEF0EDC" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>الهيئة السعودية للمواصفات والمقاييس والجودة (</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="0035100E">
+            </w:pPr>
+            <w:r w:rsidRPr="00C04EAE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="0035100E">
+                <w:rtl/>
+              </w:rPr>
+              <w:t>هاتف:96614529999 +</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">)، </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="5218136B" w14:textId="028D811F" w:rsidR="00B92B4C" w:rsidRPr="0035100E" w:rsidRDefault="0035100E" w:rsidP="00080310">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A19E36A" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ويشار إليها بــــ</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B92B4C" w:rsidRPr="0035100E">
+              <w:t>ص.ب: 3437 الرياض 11471، المملكة العربية السعودية.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="619D8865" w14:textId="39E43793" w:rsidR="00F41148" w:rsidRPr="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">(الهيئة) </w:t>
-[...5 lines deleted...]
-              <w:ind w:left="0"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-            </w:pPr>
-[...63 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">البريد الإلكتروني: </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
-              <w:r w:rsidR="0035100E" w:rsidRPr="0035100E">
+              <w:r w:rsidRPr="0035100E">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
                 <w:t>info@saso.gov.sa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66547BE2" w14:textId="77777777" w:rsidR="0035100E" w:rsidRPr="0035100E" w:rsidRDefault="0035100E" w:rsidP="0035100E">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="562A3F84" w14:textId="5B470759" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>referred to as (SASO)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DD38671" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C04EAE">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tel. +96614529999</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D96E93" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>P.O.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Box: 3437 Riyadh 1147 KSA</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="224B37EA" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">E-mail : </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="002807AA">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>info@saso.gov.sa</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="73866640" w14:textId="5478330C" w:rsidR="00F41148" w:rsidRPr="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="747FD59C" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="20" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="374F5F55" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035100E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الطرف الثاني</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5508" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31D28688" w14:textId="49B81D78" w:rsidR="00F41148" w:rsidRPr="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0035100E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Second party</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="578833DA" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="20" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="216FE07F" w14:textId="6FF2ACA2" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="37387679" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:r w:rsidRPr="00B17B8C">
+              <w:rPr>
+                <w:color w:val="0091B4"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>المنشأة</w:t>
+            </w:r>
+            <w:r w:rsidR="00E630F9">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:color w:val="0091B4"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6665" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26114E4A" w14:textId="32E49E31" w:rsidR="00F41148" w:rsidRPr="00F9080A" w:rsidRDefault="00F41148" w:rsidP="00F9080A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2245" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00F5248F" w14:textId="40B0D9BE" w:rsidR="00F41148" w:rsidRPr="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F41148">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0091B4"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The Facility :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:permEnd w:id="37387679"/>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="02D13A41" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1501E983" w14:textId="7EA82E1F" w:rsidR="00F41148" w:rsidRPr="00E630F9" w:rsidRDefault="00F41148" w:rsidP="00E630F9">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...8 lines deleted...]
-            </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-              <w:t>الطرف الثاني</w:t>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>المتقدمة بطلب الحصول على الترخيص باستعمال علامة ا</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">لجودة، ويشار إليها بـ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:rFonts w:hint="cs"/>
-                <w:sz w:val="16"/>
-[...6 lines deleted...]
-          <w:p w14:paraId="572B9E7A" w14:textId="7ADAF4E2" w:rsidR="0035100E" w:rsidRPr="00B17B8C" w:rsidRDefault="0035100E" w:rsidP="00A75B89">
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>المنشأة</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="070FA2F3" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pplying for a license to use th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>e Quality Mark , referred to as</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="05680695" w14:textId="39D02F89" w:rsidR="00F41148" w:rsidRPr="00E630F9" w:rsidRDefault="00F41148" w:rsidP="00E630F9">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0035100E">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E630F9" w:rsidRPr="00E3544D" w14:paraId="01EECF4C" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="429771A8" w14:textId="3C8EFDD4" w:rsidR="00E630F9" w:rsidRPr="000053E0" w:rsidRDefault="00E630F9" w:rsidP="000053E0">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:color w:val="0091B4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
+            <w:permStart w:id="1380845666" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
             <w:r w:rsidRPr="00B17B8C">
               <w:rPr>
                 <w:color w:val="0091B4"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>المنشأة</w:t>
-[...29 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>العنوان</w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rStyle w:val="22"/>
                   <w:rFonts w:hint="cs"/>
                   <w:rtl/>
                 </w:rPr>
-                <w:id w:val="-7292400"/>
+                <w:id w:val="1957375457"/>
                 <w:placeholder>
-                  <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+                  <w:docPart w:val="E08AF7138DD14CA590BEA17A9C8AC287"/>
                 </w:placeholder>
                 <w15:color w:val="800000"/>
                 <w:text/>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:rStyle w:val="a1"/>
                   <w:color w:val="0091B4"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
-                <w:r w:rsidR="00A75B89">
+                <w:r>
                   <w:rPr>
                     <w:rStyle w:val="22"/>
                   </w:rPr>
                   <w:t xml:space="preserve"> </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
-          <w:p w14:paraId="4CB859CB" w14:textId="13CAF467" w:rsidR="00B92B4C" w:rsidRPr="0035100E" w:rsidRDefault="00B92B4C" w:rsidP="00080310">
-[...353 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="6665" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="309C2B8B" w14:textId="77777777" w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w:rsidRDefault="00B92B4C" w:rsidP="00B92B4C">
+          <w:p w14:paraId="46F019CA" w14:textId="77777777" w:rsidR="00E630F9" w:rsidRDefault="00E630F9" w:rsidP="00F9080A">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E3544D">
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="246CEDE2" w14:textId="1C0E7D21" w:rsidR="00E630F9" w:rsidRPr="000053E0" w:rsidRDefault="00E630F9" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="16"/>
-[...234 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000053E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0091B4"/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E630F9" w:rsidRPr="00E3544D" w14:paraId="3491F7F7" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A495F0D" w14:textId="5CFF6FA1" w:rsidR="00E630F9" w:rsidRDefault="00E630F9" w:rsidP="00E630F9">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1072974187" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1380845666"/>
             <w:r w:rsidRPr="00B17B8C">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:color w:val="0091B4"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الدولة</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6665" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BD0588D" w14:textId="77777777" w:rsidR="00E630F9" w:rsidRDefault="00E630F9" w:rsidP="00F9080A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02E20978" w14:textId="1619D8CF" w:rsidR="00E630F9" w:rsidRPr="000053E0" w:rsidRDefault="00E630F9" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000053E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0091B4"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="0035100E" w:rsidRPr="00B17B8C">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Country</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E630F9" w:rsidRPr="00E3544D" w14:paraId="2DE56723" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F949566" w14:textId="6D6B82D7" w:rsidR="00E630F9" w:rsidRDefault="00E630F9" w:rsidP="00E630F9">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="1199057056" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1072974187"/>
+            <w:r w:rsidRPr="00B17B8C">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:color w:val="0091B4"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عنوان</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B17B8C">
+              <w:rPr>
+                <w:color w:val="0091B4"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> خطوط الإنتاج</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6665" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12345B9D" w14:textId="77777777" w:rsidR="00E630F9" w:rsidRDefault="00E630F9" w:rsidP="00F9080A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7DAB40E4" w14:textId="431B2767" w:rsidR="00E630F9" w:rsidRPr="000053E0" w:rsidRDefault="000053E0" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0091B4"/>
-                <w:sz w:val="16"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00A75B89">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000053E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0091B4"/>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Production lines Address</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E630F9" w:rsidRPr="00E3544D" w14:paraId="3651793F" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="1787" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="54B26A61" w14:textId="0DAD2794" w:rsidR="00E630F9" w:rsidRDefault="000053E0" w:rsidP="000053E0">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="621873910" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:permEnd w:id="1199057056"/>
             <w:r w:rsidRPr="00B17B8C">
+              <w:rPr>
+                <w:color w:val="0091B4"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الهاتف</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6665" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BA7DBB6" w14:textId="77777777" w:rsidR="00E630F9" w:rsidRDefault="00E630F9" w:rsidP="00F9080A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2265" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51A4B21A" w14:textId="2DAAD18A" w:rsidR="00E630F9" w:rsidRPr="000053E0" w:rsidRDefault="000053E0" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000053E0">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0091B4"/>
-                <w:sz w:val="16"/>
-[...402 lines deleted...]
-            </w:sdt>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Phone</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w14:paraId="6399F862" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:permEnd w:id="621873910"/>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="6399F862" w14:textId="77777777" w:rsidTr="00EC4933">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32120893" w14:textId="77777777" w:rsidR="00B92B4C" w:rsidRPr="0035100E" w:rsidRDefault="00B92B4C" w:rsidP="00B92B4C">
+          <w:p w14:paraId="32120893" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الترخيص:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66EA9CDE" w14:textId="78DFAE44" w:rsidR="00B92B4C" w:rsidRPr="0035100E" w:rsidRDefault="00B92B4C" w:rsidP="00B92B4C">
+          <w:p w14:paraId="66EA9CDE" w14:textId="78DFAE44" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>بموجب هذه العقد تمنح الهيئة (مالكة علامة الجودة المسجلة برقم تسجيل 143205020، الفئة 42) للمنشاة المرخص لها حق استعمال علامة الجودة على المنتجات والسلع المبينة بالترخيص خلال مدة صلاحيه الترخيص وفق ما ورد في اللائحة العامة لعلامة الجودة السعودية وإجراء المنح للمنتج والمواصفات القياسية الموضحة في الترخيص.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4AF5EBF5" w14:textId="77777777" w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w:rsidRDefault="00B92B4C" w:rsidP="00B92B4C">
+          <w:p w14:paraId="4AF5EBF5" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>License</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C210EFA" w14:textId="46E397C3" w:rsidR="00B92B4C" w:rsidRDefault="00B92B4C" w:rsidP="004B1234">
+          <w:p w14:paraId="0C210EFA" w14:textId="46E397C3" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Under this contract, SASO (The Owner of the </w:t>
             </w:r>
-            <w:r w:rsidR="008E2DD4">
-[...27 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">registered with registration number 143205020, category 42) grants the licensed </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> the right to use the </w:t>
             </w:r>
-            <w:r w:rsidR="008E2DD4">
-[...27 lines deleted...]
-            <w:r w:rsidR="00FB0C9D">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on the </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>product</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">s </w:t>
             </w:r>
             <w:r w:rsidRPr="00615EF9">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>and goods</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> specified in the license during the validity peri</w:t>
             </w:r>
-            <w:r w:rsidR="00707AD7">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>od of the license according to General R</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">egulation of Saudi </w:t>
             </w:r>
-            <w:r w:rsidR="008E2DD4">
-[...39 lines deleted...]
-              <w:t>Scheme and the Specification S</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Quality Mark, the Products Scheme and the Specification S</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>tandards described in the license</w:t>
             </w:r>
-            <w:r w:rsidR="00707AD7">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3C4FFC97" w14:textId="0FECD7D7" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+          <w:p w14:paraId="3C4FFC97" w14:textId="0FECD7D7" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w14:paraId="6A91D488" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="6A91D488" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
-          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="1199"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3FCD26F0" w14:textId="77777777" w:rsidR="00B92B4C" w:rsidRPr="0035100E" w:rsidRDefault="00B92B4C" w:rsidP="00B92B4C">
+          <w:p w14:paraId="3FCD26F0" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>البند الأول - قواعد منح ترخيص استعمال علامة الجودة:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="72FA3783" w14:textId="053573CD" w:rsidR="00B92B4C" w:rsidRPr="0035100E" w:rsidRDefault="005B5CD9" w:rsidP="00B92B4C">
+          <w:p w14:paraId="72FA3783" w14:textId="053573CD" w:rsidR="00F41148" w:rsidRPr="0035100E" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0035100E">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">1. </w:t>
-[...9 lines deleted...]
-              <w:t>تتعهد المنشأة بتطبيق الشروط والمتطلبات المنصوص عليها في اللائحة العامة لعلامة الجودة وإجراء المنح للمنتج والمواصفات القياسية للمنتجات والسلع المرخص لها باستعمال العلامة.</w:t>
+              <w:t>1. تتعهد المنشأة بتطبيق الشروط والمتطلبات المنصوص عليها في اللائحة العامة لعلامة الجودة وإجراء المنح للمنتج والمواصفات القياسية للمنتجات والسلع المرخص لها باستعمال العلامة.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AC853D5" w14:textId="67A245CD" w:rsidR="00B92B4C" w:rsidRPr="00E3544D" w:rsidRDefault="00B92B4C" w:rsidP="00044E40">
+          <w:p w14:paraId="6AC853D5" w14:textId="67A245CD" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">First Clause -Rules for granting the license to use </w:t>
             </w:r>
-            <w:r w:rsidR="008E2DD4">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Quality Mark </w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="629D3B8B" w14:textId="77777777" w:rsidR="00B92B4C" w:rsidRDefault="00B92B4C" w:rsidP="00FB0C9D">
+          <w:p w14:paraId="5704B49D" w14:textId="191AE21F" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00B00CC1">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">1. The </w:t>
             </w:r>
-            <w:r w:rsidR="008E2DD4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> should apply the stipulated </w:t>
             </w:r>
-            <w:r w:rsidR="00707AD7">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>conditions and requirements in General R</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">egulation of Saudi </w:t>
             </w:r>
-            <w:r w:rsidR="008E2DD4">
-[...32 lines deleted...]
-              <w:t>Scheme and the Specification S</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Quality Mark, the Products Scheme and the Specification S</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">tandards to licensed </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0C9D">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>product</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">s and </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0C9D" w:rsidRPr="00560D06">
+            <w:r w:rsidRPr="00560D06">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>goods</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> for using the </w:t>
             </w:r>
-            <w:r w:rsidR="008E2DD4">
-[...26 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Quality Mark.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="5E88909E" w14:textId="77777777" w:rsidTr="00615EF9">
-[...98 lines deleted...]
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="07BA9A25" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="5E88909E" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01E1358F" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="271ABA5F" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E3544D">
+            <w:r w:rsidRPr="00707AD7">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>3</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00707AD7">
+              <w:t>2. تتعهد المنشأة بتطبيق كل التعديلات المطلوبة على نظام إدارة ضمان الجودة وفق ما تحدده الهيئة.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20C590B3" w14:textId="25180F96" w:rsidR="00F41148" w:rsidRPr="00707AD7" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:sz w:val="16"/>
-[...40 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15195410" w14:textId="7568E67F" w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w:rsidRDefault="005B5CD9" w:rsidP="00FB0C9D">
+          <w:p w14:paraId="564CE20A" w14:textId="6C42BDF5" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">3. In case of continuous </w:t>
-[...15 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              <w:t xml:space="preserve">2. The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
-            <w:r w:rsidR="00707AD7">
-[...81 lines deleted...]
-              <w:t>tandards.</w:t>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should apply all required amendments on the Quality Assurance Management System as determined by SASO.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="592CF587" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="07BA9A25" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CB836FD" w14:textId="59CFDF85" w:rsidR="005B5CD9" w:rsidRPr="00707AD7" w:rsidRDefault="005B5CD9" w:rsidP="00707AD7">
+          <w:p w14:paraId="01E1358F" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00707AD7">
+            <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...4 lines deleted...]
-                <w:rFonts w:hint="cs"/>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00707AD7">
+              <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>أي وقت، المنشأة يجب أن توفر  جميع الصلاحيات أو التصاريح اللازمة، والتجهيزات لتمكين جميع أعضاء فريق جهة المنح للوصول إلى مواقع الإنتاج الضرورية (بما في ذلك المتعاقدين من الباطن) التي يتعين التدقيق عليها، واتخاذ التدابير اللازمة لاستبعاد أو معالجة أي عقبات، أو انقطاع، تتعلق بتقديم الخدمات أو الخدمات المقدمة من الموردين أو تتعلق بموظفي الموردين اللازمين لعملية الإنتاج بما في ذلك توفير مرافقين لكل مدقق بحيث لا يؤثر أو يتدخل في عملية التدقيق أو نتائج التدقيق.</w:t>
-            </w:r>
+              <w:t>في حالة الإنتاج المتواصل، تتعهد المنشأة بأن المنتجات والسلع الحاملة للعلامة تستجيب لمتطلبات اللائحة العامة وكذلك إجراء المنح للمنتج والمواصفات القياسية.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AA55E23" w14:textId="549B74BF" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="131D893A" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="00FB0C9D">
+          <w:p w14:paraId="15195410" w14:textId="7568E67F" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...50 lines deleted...]
-            <w:r w:rsidR="00FB0C9D">
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. In case of continuous </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>product</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">ion lines or stores and test it if necessary. The </w:t>
-[...98 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">ion, the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility undertakes that the product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, which bear the mark,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> meet the requirements of the General R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egulation, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Products Scheme, and Specification S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>tandards.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="1DB69FB8" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="592CF587" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60CB5FE3" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="1CB836FD" w14:textId="59CFDF85" w:rsidR="00F41148" w:rsidRPr="00707AD7" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E3544D">
+            <w:r w:rsidRPr="00707AD7">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>5</w:t>
-[...10 lines deleted...]
-              <w:rPr>
+              <w:t>4. تلتزم المنشأة بتسهيل مهمة عمل مدققي جهة المنح أثناء زيارات التدقيق وتسهيل عملية سحب عينات من خطوط الإنتاج أو المخازن، وإجراء الاختبارات عليها في المنشأة إذا تطلب ذلك. المنشأة يجب أن تقوم بتوفير كافة المعلومات والوثائق بما فيها طرق ضبط الجودة المتبعة فيها والسجلات الخاصة بالإنتاج في</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>تلتزم المنشأة بتوفير كل المعلومات والوثائق والسجلات الخاصة بملفات معالجة الشكاوى في أي وقت.</w:t>
-[...12 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">أي وقت، المنشأة يجب أن توفر  جميع الصلاحيات أو التصاريح </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>اللازمة، والتجهيزات لتمكين جميع أعضاء فريق جهة المنح للوصول إلى مواقع الإنتاج الضرورية (بما في ذلك المتعاقدين من الباطن) التي يتعين التدقيق عليها، واتخاذ التدابير اللازمة لاستبعاد أو معالجة أي عقبات، أو انقطاع، تتعلق بتقديم الخدمات أو الخدمات المقدمة من الموردين أو تتعلق بموظفي الموردين اللازمين لعملية الإنتاج بما في ذلك توفير مرافقين لكل مدقق بحيث لا يؤثر أو يتدخل في عملية التدقيق أو نتائج التدقيق.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A4900F6" w14:textId="3E6D9C4C" w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="131D893A" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">5. The </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">4. The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should provide all private information, documents and records of handling complaints at any time</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> should facilitate the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>tasks</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of the certification body’s auditors during audit visits, the withdrawal of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> samples from </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ion lines or stores and test it if necessary. The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should provide all information, documents including quality control methods and records of their </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ion and quality at any time. The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should provide all necessary authorities, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">licenses and equipment to enable all members of the certification body to access the necessary </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C04EAE">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>production locations (including subcontractors) which should be audited, and should take actions to eliminate irregularities and address any obstacles, such as disruption of services, the suppliers’ services or service suppliers' staff, which includes providing companions for each auditor. The companions should not affect or interfere in the auditing process or subsequent results of the auditing process.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62224E91" w14:textId="69DE6034" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="674A1F9E" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="1DB69FB8" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7D33D3B5" w14:textId="2E2CB24C" w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="60CB5FE3" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00707AD7">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>6.</w:t>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>تلتزم المنشأة بشروط استعمال شعار علامة الجودة على المنتجات والسلع الممنوحة وكذلك تلتزم ببند البيانات الإيضاحية على المنتجات والسلع طبقاً لما ورد في اللائحة العامة وإجراء المنح للمنتج والمواصفات القياسية ذات العلاقة.</w:t>
-            </w:r>
+              <w:lastRenderedPageBreak/>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تلتزم المنشأة بتوفير كل المعلومات والوثائق والسجلات الخاصة بملفات معالجة الشكاوى في أي وقت.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14EF4579" w14:textId="18FDEF20" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E13D85F" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="00707AD7">
+          <w:p w14:paraId="3A4900F6" w14:textId="3E6D9C4C" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">6. The </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              <w:t xml:space="preserve">5. The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should follow the conditions of using the </w:t>
-[...118 lines deleted...]
-              <w:t>pecification Standards</w:t>
+              <w:t xml:space="preserve"> should provide all private information, documents and records of handling complaints at any time</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="22F0253F" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="674A1F9E" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="730BCD66" w14:textId="53B346C9" w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="7D33D3B5" w14:textId="2E2CB24C" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707AD7">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">7. </w:t>
+              <w:t>6.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>تلتزم المنشأة بعدم استعمال شعار علامة الجودة بطريقة تسيء للهيئة، أو استعماله على منتجات وسلع غير حاصلة على الترخيص أو قبل أو أثناء عملية معالجة طلب الحصول على الترخيص</w:t>
-[...30 lines deleted...]
-              <w:t>ول او مضلل لترخيص او شعار علامة الجودة او العلامات المكتشفة في الاعلانات والكتالوجات، تقوم الهيئة بالإجراءات المناسبة ويمكن ان تتضمن بقرار التعليق او سحب للترخيص وكذلك تطبيق الاجراءات القانونية والتصحيحية والاعلان عن الانتهاك.</w:t>
+              <w:t>تلتزم المنشأة بشروط استعمال شعار علامة الجودة على المنتجات والسلع الممنوحة وكذلك تلتزم ببند البيانات الإيضاحية على المنتجات والسلع طبقاً لما ورد في اللائحة العامة وإجراء المنح للمنتج والمواصفات القياسية ذات العلاقة.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C6C71F0" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="1E13D85F" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
-[...9 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6. The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should not use the </w:t>
-[...57 lines deleted...]
-            <w:r w:rsidR="002633EE">
+              <w:t xml:space="preserve"> should follow the conditions of using the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on granted </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. In addition, it should undertake the illustrative data on </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>product</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">s and </w:t>
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> marks discovered in the advertisements or catalogs, SASO holds the right to take appropriate action and the decision may include suspending or withdrawal the license, applying corrective and legal procedures and declaring the violation</w:t>
+              <w:t>s an</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>d goods according to the General R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egulation, the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Products Scheme and S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pecification Standards</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26D3B5BF" w14:textId="69402230" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+          <w:p w14:paraId="484DAF47" w14:textId="6CDE0FDF" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="1261840F" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="22F0253F" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70ABED59" w14:textId="03CA4DA3" w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="730BCD66" w14:textId="53B346C9" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00707AD7">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>8.</w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">7. </w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>في حالة إصدار قرار تعليق أو إلغاء أو سحب الترخيص باستعمال علامة الجودة من الهيئة، تتعهد المنشأة بالتوقف عن الإعلان أو نشر معلومات حول حصولها على الترخيص باستعمال العلامة للسلع الممنوحة الترخيص والتوقف عن استعمال شعار علامة الجودة على تلك المنتجات والسلع والالتزام بالبنود التي تحددها اللائحة العامة لعلامة الجودة وإجراء المنح للمنتج والالتزامات الأخرى المحددة.</w:t>
+              <w:t>تلتزم المنشأة بعدم استعمال شعار علامة الجودة بطريقة تسيء للهيئة، أو استعماله على منتجات وسلع غير حاصلة على الترخيص أو قبل أو أثناء عملية معالجة طلب الحصول على الترخيص</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>. وعند اكتشاف أي استغلال غير مس</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ؤ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ول او مضلل لترخيص او شعار علامة الجودة او العلامات المكتشفة في الاعلانات والكتالوجات، تقوم الهيئة بالإجراءات المناسبة ويمكن ان تتضمن بقرار التعليق او سحب للترخيص وكذلك تطبيق الاجراءات القانونية والتصحيحية والاعلان عن الانتهاك.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="383D27E2" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="00321C2D" w:rsidP="00321C2D">
+          <w:p w14:paraId="5C6C71F0" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7. The </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">8. In case of suspending, </w:t>
-[...12 lines deleted...]
-              </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
-            <w:r w:rsidR="005B5CD9" w:rsidRPr="00E3544D">
-[...55 lines deleted...]
-            <w:r w:rsidR="002633EE">
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should not use the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in a way that would offend SASO. In addition, it should not use the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on unlicensed </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>product</w:t>
             </w:r>
-            <w:r w:rsidR="005B5CD9" w:rsidRPr="00E3544D">
+            <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">s and </w:t>
             </w:r>
-            <w:r w:rsidR="00FB0C9D">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>goods</w:t>
             </w:r>
-            <w:r w:rsidR="005B5CD9" w:rsidRPr="00E3544D">
-[...56 lines deleted...]
-          <w:p w14:paraId="6F93F0A7" w14:textId="537E883B" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> before or during the application process. In the event of any irresponsible or misleading exploitation of the license or notice of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>or marks discovered in the advertisements or catalogs, SASO holds the right to take appropriate action and the decision may include suspending or withdrawal the license, applying corrective and legal procedures and declaring the violation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="26D3B5BF" w14:textId="69402230" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="3B6FAF97" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="1261840F" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4213DC36" w14:textId="14422534" w:rsidR="00560D06" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="70ABED59" w14:textId="03CA4DA3" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00707AD7">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00365EDE">
+              <w:t>8.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>9.</w:t>
-[...48 lines deleted...]
-            </w:pPr>
+              <w:t>في حالة إصدار قرار تعليق أو إلغاء أو سحب الترخيص باستعمال علامة الجودة من الهيئة، تتعهد المنشأة بالتوقف عن الإعلان أو نشر معلومات حول حصولها على الترخيص باستعمال العلامة للسلع الممنوحة الترخيص والتوقف عن استعمال شعار علامة الجودة على تلك المنتجات والسلع والالتزام بالبنود التي تحددها اللائحة العامة لعلامة الجودة وإجراء المنح للمنتج والالتزامات الأخرى المحددة.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4117A4D5" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="00321C2D">
+          <w:p w14:paraId="383D27E2" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E3544D">
-[...6 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">8. In case of suspending, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">cancelling or withdrawal the use of license by SASO, the </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> displays or indicates the </w:t>
-[...43 lines deleted...]
-            <w:r w:rsidR="00FB0C9D">
+              <w:t xml:space="preserve"> should stop advertising or issuing information about the license to use the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">In addition, it should stop using the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on those </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s and </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>goods</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> specified in the license of using the mark or other documents, the </w:t>
-[...44 lines deleted...]
-          <w:p w14:paraId="093AE5C0" w14:textId="77777777" w:rsidR="00560D06" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+              <w:t xml:space="preserve"> and should undertake th</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>e identified conditions of the General R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egulation of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark, Products Scheme and other specified </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EF6420">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>obligations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F93F0A7" w14:textId="537E883B" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0EF3D644" w14:textId="60E340D4" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
-[...11 lines deleted...]
-          </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="58556ACB" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="3B6FAF97" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="46B0193C" w14:textId="015A0988" w:rsidR="005B5CD9" w:rsidRPr="00365EDE" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="4213DC36" w14:textId="14422534" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00365EDE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...1 lines deleted...]
-            </w:r>
+              <w:t>9.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عند إبراز علامة الجودة أو الإشارة إليها في الوثائق التسويقية الخاصة بـسلع محددة في ترخيص استعمال العلامة أو أي وثائق أخرى، تتعهد المنشأة بالتزامها بتطبيق جميع البنود المذكورة إجراء المنح للمنتج الخاصة باستعمال شعار علامة الجودة.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="489A08C4" w14:textId="3D592D95" w:rsidR="00F41148" w:rsidRPr="00560D06" w:rsidRDefault="00F41148" w:rsidP="00B00CC1">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1150"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="700F3048" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="0EF3D644" w14:textId="075F6A4E" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00B00CC1">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
-[...9 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9. When the </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should mark the logo of the </w:t>
-[...49 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> displays or indicates the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">in the marketing documents that related to the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> specified in the license of using the mark or other documents, the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should apply all clauses in the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Products Scheme </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to use the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Quality Mark.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="152E0447" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="58556ACB" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A7717AE" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="46B0193C" w14:textId="025E89DC" w:rsidR="00B00CC1" w:rsidRPr="00365EDE" w:rsidRDefault="00F41148" w:rsidP="00B00CC1">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00365EDE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>11. تلتزم المنشاة بعد حصولها على ترخيص استعمال علامة الجودة السعودية بتقديم الشهادة كما هي دون أي تعديلات او تزوير الى الجهات الاخرى.</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t>10. تلتزم المنشأة بوضع شعار علامة الجودة بالأسلوب والطريقة المتفق عليها مع الهيئة.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F9F2F1A" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="6CC4E36B" w14:textId="008C76FE" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00B00CC1">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
-[...37 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10. The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> must submit its certificates as they are, without modification or forgery</w:t>
+              <w:t xml:space="preserve"> should mark the logo of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>by the method agreed upon with SASO</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...11 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B5CD9" w:rsidRPr="00E3544D" w14:paraId="04112A79" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="152E0447" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5F25C574" w14:textId="7B271DCA" w:rsidR="005B5CD9" w:rsidRPr="00365EDE" w:rsidRDefault="005B5CD9" w:rsidP="005B5CD9">
+          <w:p w14:paraId="4A7717AE" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00365EDE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>12. تلتزم المنشأة بعدم فسح أي دفعة من إنتاجها إلا بعد الحصول على إذن من مختبر ضبط الجودة التابع لها (أو مختبر معتمد) يفيد بمطابقتها لإجراء المنح للمنتج والمواصفة القياسية، وإذا تم خلاف ذلك فهي مسؤولية المنشأة، ولا يترتب على الهيئة أي مسؤولية.</w:t>
-            </w:r>
+              <w:t>11. تلتزم المنشاة بعد حصولها على ترخيص استعمال علامة الجودة السعودية بتقديم الشهادة كما هي دون أي تعديلات او تزوير الى الجهات الاخرى.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5FEECF60" w14:textId="6D5AABA0" w:rsidR="00F41148" w:rsidRPr="00365EDE" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69551010" w14:textId="77777777" w:rsidR="005B5CD9" w:rsidRDefault="005B5CD9" w:rsidP="00321C2D">
+          <w:p w14:paraId="6F9F2F1A" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">12. The </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              <w:t xml:space="preserve">11. To be eligible for a Saudi </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">license, the </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should not allow any batch of its </w:t>
-[...76 lines deleted...]
-              <w:t xml:space="preserve"> is the responsible party and SASO is not under any liability</w:t>
+              <w:t xml:space="preserve"> must submit its certificates as they are, without modification or forgery</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4B0B2EB9" w14:textId="72A970B0" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+          <w:p w14:paraId="5801A109" w14:textId="409A042E" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00351C06" w:rsidRPr="00E3544D" w14:paraId="3F8B2AB9" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="04112A79" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21970A9F" w14:textId="5844CA14" w:rsidR="00351C06" w:rsidRPr="00365EDE" w:rsidRDefault="00351C06" w:rsidP="00351C06">
+          <w:p w14:paraId="5F25C574" w14:textId="7B271DCA" w:rsidR="00F41148" w:rsidRPr="00365EDE" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00365EDE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>13. تلتزم المنشأة بضمان استمرارية مطابقة المنتجات والسلع حسب إجراء المنح والمواصفات القياسية</w:t>
+              <w:t xml:space="preserve">12. تلتزم المنشأة بعدم فسح أي دفعة من إنتاجها إلا بعد الحصول على إذن من مختبر ضبط الجودة التابع لها (أو مختبر معتمد) يفيد بمطابقتها لإجراء المنح </w:t>
             </w:r>
             <w:r w:rsidRPr="00365EDE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>.</w:t>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>للمنتج والمواصفة القياسية، وإذا تم خلاف ذلك فهي مسؤولية المنشأة، ولا يترتب على الهيئة أي مسؤولية.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5586C52D" w14:textId="77777777" w:rsidR="00351C06" w:rsidRDefault="00351C06" w:rsidP="00351C06">
+          <w:p w14:paraId="69551010" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">13. The </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">12. The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should assure continuously that </w:t>
-[...50 lines deleted...]
-            <w:r w:rsidR="00321C2D" w:rsidRPr="00E3544D">
+              <w:t xml:space="preserve"> should not allow any batch of its </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> before obtaining the license from the quality control laboratory (or accredited laboratory) stating that the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> conforms with the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Products Scheme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
-            <w:r w:rsidR="00321C2D">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Specification Standards</w:t>
             </w:r>
-          </w:p>
-          <w:p w14:paraId="3A7F451D" w14:textId="1AFF770C" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">In the eventuality that this is not the case, the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is the responsible party and SASO is not under any liability</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B0B2EB9" w14:textId="72A970B0" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00351C06" w:rsidRPr="00E3544D" w14:paraId="2B9579C4" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="3F8B2AB9" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16286DE2" w14:textId="77777777" w:rsidR="00615857" w:rsidRDefault="00351C06" w:rsidP="00615857">
+          <w:p w14:paraId="21970A9F" w14:textId="5844CA14" w:rsidR="00F41148" w:rsidRPr="00365EDE" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00365EDE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>14. تلتزم المنشأة بتقديم تقرير للهيئة كل ستة أشهر على الأقل يتضمن متوسط نتائج اختبار المنتج</w:t>
+              <w:lastRenderedPageBreak/>
+              <w:t>13. تلتزم المنشأة بضمان استمرارية مطابقة المنتجات والسلع حسب إجراء المنح والمواصفات القياسية</w:t>
             </w:r>
             <w:r w:rsidRPr="00365EDE">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="770C3D38" w14:textId="49D7342B" w:rsidR="00351C06" w:rsidRPr="00E3544D" w:rsidRDefault="00351C06" w:rsidP="00351C06">
+          <w:p w14:paraId="5586C52D" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...8 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13. The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should present a report at least every six months, including average results of the test </w:t>
-[...15 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve"> should assure continuously that </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>products and goods conform to</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Products Scheme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Specification Standards</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A7F451D" w14:textId="1AFF770C" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="48A613B2" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="2B9579C4" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="73658EDC" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00615857" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="16286DE2" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...25 lines deleted...]
-            <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>1-ينفذ المدققين أعمال التدقيق الدوري على المنشأة وسحب العينات للتحقق من مطابقتها، بالإضافة إلى المراقبة الدورية على المنتجات والسلع الحاصلة على العلامة وعلى نظام الإدارة المطبق حسب البنود المنصوص عليها في اللائحة العامة لعلامة الجودة وإجراء المنح للمنتج والمواصفات القياسية المنتجات والسلع.</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00365EDE">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>14. تلتزم المنشأة بتقديم تقرير للهيئة كل ستة أشهر على الأقل يتضمن متوسط نتائج اختبار المنتج</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00365EDE">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58F2D618" w14:textId="7F23A972" w:rsidR="00F41148" w:rsidRPr="00365EDE" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6E4BE960" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
-            <w:pPr>
+          <w:p w14:paraId="770C3D38" w14:textId="49D7342B" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
-              <w:ind w:left="84" w:hanging="84"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:b/>
-[...49 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14. The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and withdraw the samples to verify </w:t>
-[...125 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve"> should present a report at least every six months, including average results of the test </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="3E337E68" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="48A613B2" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6603A1F5" w14:textId="6861CAAB" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="005B68BC">
+          <w:p w14:paraId="73658EDC" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00615857" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00615857">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند الثاني - المتابعة الدورية:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="206D27C0" w14:textId="1A267553" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">2-للهيئة الحق </w:t>
-[...82 lines deleted...]
-              <w:t xml:space="preserve"> للتأكد من مطابقتها لإجراء المنح للمنتج والمواصفات القياسية الخاصة بها.</w:t>
+              <w:t>1-ينفذ المدققين أعمال التدقيق الدوري على المنشأة وسحب العينات للتحقق من مطابقتها، بالإضافة إلى المراقبة الدورية على المنتجات والسلع الحاصلة على العلامة وعلى نظام الإدارة المطبق حسب البنود المنصوص عليها في اللائحة العامة لعلامة الجودة وإجراء المنح للمنتج والمواصفات القياسية المنتجات والسلع.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71436A1D" w14:textId="77777777" w:rsidR="0029494D" w:rsidRDefault="0029494D" w:rsidP="005B68BC">
-[...1 lines deleted...]
-              <w:pStyle w:val="aaaa"/>
+          <w:p w14:paraId="6E4BE960" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
               <w:bidi w:val="0"/>
-              <w:ind w:left="0"/>
+              <w:ind w:left="84" w:hanging="84"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...173 lines deleted...]
-          <w:p w14:paraId="34691410" w14:textId="787D12B4" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Second Clause – Surveillance </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="67AF8E70" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. Auditors implement the Surveillance on </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>the</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and withdraw the samples to verify </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">their </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">conformity. In addition, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00615EF9">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>observe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that granted the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and the applied management system according to mentioned clauses in the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>General Regulation, Products Scheme and S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pecification Standards.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="169AB889" w14:textId="6A3AAA99" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="3BD057AB" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="3E337E68" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69DCDA30" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00B83E5C" w:rsidRDefault="0029494D" w:rsidP="0029494D">
-[...19 lines deleted...]
-          <w:p w14:paraId="58853864" w14:textId="58AB4F1C" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="6603A1F5" w14:textId="6861CAAB" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>تلتزم المنشأة بالحفاظ على سجلات الشكاوى المتعلقة بالمنتجات والسلع الحاملة للعلامة والإجراءات المتخذة بشأنها، بحيث تكون في متناول المدققين عند طلبها وكذلك تلتزم بتقديم تقرير إلى الهيئة حول كل الشكاوى المتعلقة بالمنتجات والسلع الحاصلة على العلامة</w:t>
+              <w:t xml:space="preserve">2-للهيئة الحق </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002633EE">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">في </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002633EE">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تنفيذ زيارة لخط الإنتاج دون سابق إنذار و</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002633EE">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>سحب عينات من المنتجات والسلع من</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002633EE">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> المستودعات و/أو خط الإنتاج و/أو</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002633EE">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> الأسواق</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> المحلية واختبارها بالمختبرات </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>المقبولة من الهيئة</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> للتأكد من مطابقتها لإجراء المنح للمنتج والمواصفات القياسية الخاصة بها.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D6B1435" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
-            <w:pPr>
+          <w:p w14:paraId="71436A1D" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:b/>
-[...15 lines deleted...]
-          <w:p w14:paraId="019D31C1" w14:textId="77777777" w:rsidR="0029494D" w:rsidRDefault="0029494D" w:rsidP="00B83E5C">
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. SASO has the right </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F0337">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">o carry out a visit to the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F0337">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ion line without prior notice and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>collect</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F0337">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> samples of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">products and goods from warehouses </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F0337">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and/or </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006F0337">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ion line and/or local markets and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> test them in a SASO-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>approved</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> laboratory to ensure the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> conform to the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Products Scheme and S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pecification Standards.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="34691410" w14:textId="787D12B4" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
-[...145 lines deleted...]
-                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="6BE908BD" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="3BD057AB" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3F06BFB0" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="007B460F" w:rsidRDefault="0029494D" w:rsidP="00285C16">
+          <w:p w14:paraId="69DCDA30" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00B83E5C" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007B460F">
-[...8 lines deleted...]
-          <w:p w14:paraId="42C01735" w14:textId="50DB2801" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="00285C16">
+            <w:r w:rsidRPr="00B83E5C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند الثالث- الشكاوى:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="58853864" w14:textId="58AB4F1C" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>الهيئة مسئولة عن ضمان الحفاظ على سرية جميع المعلومات من قبل موظفيها والمتعلقة بالمنشأة نتيجة لإعمال التواصل معها.</w:t>
+              <w:t>تلتزم المنشأة بالحفاظ على سجلات الشكاوى المتعلقة بالمنتجات والسلع الحاملة للعلامة والإجراءات المتخذة بشأنها، بحيث تكون في متناول المدققين عند طلبها وكذلك تلتزم بتقديم تقرير إلى الهيئة حول كل الشكاوى المتعلقة بالمنتجات والسلع الحاصلة على العلامة</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14EE1E93" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
-[...384 lines deleted...]
-          <w:p w14:paraId="201063CA" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="1D6B1435" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Sixth Clause - Financial costs</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="23541056" w14:textId="77777777" w:rsidR="0029494D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+              <w:t>Third Clause - Complaints</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="019D31C1" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">The </w:t>
             </w:r>
-            <w:r w:rsidR="008E2DD4">
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> should pay the cost of the license for using the </w:t>
-[...79 lines deleted...]
-          <w:p w14:paraId="26471C2D" w14:textId="77B21DEC" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+              <w:t xml:space="preserve"> should keep records of complaints and actions taken related to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">products and goods that </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">granted the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The auditor can request the records of complaints when necessary and without notice. The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should present a report for SASO about all complaints of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Quality Mark.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09D141A7" w14:textId="44155651" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="2A3B513D" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="6BE908BD" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51EFECE0" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00465F39" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="3F06BFB0" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="007B460F" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...10 lines deleted...]
-          <w:p w14:paraId="45FC33E4" w14:textId="7C5F2244" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B460F">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند الرابع- السرية:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42C01735" w14:textId="50DB2801" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>1- تلتزم المنشأة بإبلاغ الهيئة كتابيا حول كل التعديلات المتعلقة بمعدات الإنتاج والمراقبة ونظام إدارة ضمان الجودة المطبق بها والتي يمكن أن يكون لها تأثير مباشر على مطابقة المنتجات والسلع ، وفق البنود المذكورة في إجراء المنح للمنتج أو المواصفات القياسية.</w:t>
+              <w:t>الهيئة مسئولة عن ضمان الحفاظ على سرية جميع المعلومات من قبل موظفيها والمتعلقة بالمنشأة نتيجة لإعمال التواصل معها.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="014331EC" w14:textId="0E0B0E4E" w:rsidR="0029494D" w:rsidRPr="00560D06" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="14EE1E93" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:ind w:left="84" w:hanging="84"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00560D06">
+            <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Seventh Clause - Information about amendments in </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00560D06">
+              <w:t>Fourth Clause - Confidentiality</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13504A6A" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="29"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SASO is responsible for the confidentiality of all information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> r</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>elated</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to the Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and its staff.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E472F28" w14:textId="39EEA582" w:rsidR="00F41148" w:rsidRPr="00285C16" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="29"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>product</w:t>
-[...119 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="07413C20" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="0893A6E9" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
-          <w:trHeight w:val="70"/>
+          <w:trHeight w:val="1205"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="40A8629C" w14:textId="68B28330" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="07B1207D" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="003A6BE0" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3544D">
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003A6BE0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند الخامس- الدعاية:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="00F50967" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>للمنشأة الحق بنشر معلومات حول حصولها على الترخيص باستعمال العلامة للسلع الممنوحة الترخيص، وفق أساليب الدعاية بعد استشارة الهيئة والحصول على الموافقة منها.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DDA95A9" w14:textId="7AA13DC3" w:rsidR="00B35C8A" w:rsidRPr="00E3544D" w:rsidRDefault="00B35C8A" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22BDA0E9" w14:textId="77777777" w:rsidR="0029494D" w:rsidRDefault="0029494D" w:rsidP="00006CAC">
-[...1 lines deleted...]
-              <w:pStyle w:val="aaaa"/>
+          <w:p w14:paraId="3E8AAE73" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
               <w:bidi w:val="0"/>
-              <w:ind w:left="0"/>
+              <w:ind w:left="29"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...105 lines deleted...]
-              <w:pStyle w:val="aaaa"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Fifth Clause - Advertising</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FD5FA9B" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
               <w:bidi w:val="0"/>
-              <w:ind w:left="0"/>
+              <w:ind w:left="29"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has the right to publish information about</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">awarded the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">license to use the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>for granting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> according to the system of advertisement after </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>onsulting SASO and obtaining approval.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DDA302E" w14:textId="14BA081D" w:rsidR="00F41148" w:rsidRPr="003A6BE0" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="29"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="751DBE8E" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="1110A0F9" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="235FA547" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00006CAC" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="3318C8FC" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00285C16" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00006CAC">
-[...8 lines deleted...]
-          <w:p w14:paraId="6CAC3BE3" w14:textId="27544A4B" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+            <w:r w:rsidRPr="00285C16">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند السادس- التكاليف المالية:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6145CFF9" w14:textId="77777777" w:rsidR="00EC4933" w:rsidRDefault="00F41148" w:rsidP="00EC4933">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>1- إذا تم تعديل أو إضافة تغييرات على إجراءات منح المنتجات، يتم إبلاغ المنشأة المرخص لها عن طريق (رسالة مسجلة أو ما يعادلها يذكر فيها التعديلات على المتطلبات والشروط وتاريخ بداية تفعيل هذه التعديلات)</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تلتزم المنشأة بتسديد التكاليف للترخيص باستعمال علامة الجودة كما ورد في اللائحة العامة لعلامة الجودة، قبل إصدار الترخيص باستعمال علامة الجودة أو تجديده.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2376F94F" w14:textId="730350F6" w:rsidR="00EC4933" w:rsidRPr="00EC4933" w:rsidRDefault="00EC4933" w:rsidP="00EC4933">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F3F5094" w14:textId="7DBE58A4" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="201063CA" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:bidi w:val="0"/>
-              <w:ind w:left="84" w:hanging="84"/>
+              <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">Eighth Clause-Amendments of the requirements of </w:t>
-[...20 lines deleted...]
-          <w:p w14:paraId="1C7DDDFC" w14:textId="77777777" w:rsidR="0029494D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+              <w:t>Sixth Clause - Financial costs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3AE478D0" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F9080A">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">1. If there are any modifications, additions or amendments on granting procedures of </w:t>
-[...15 lines deleted...]
-            <w:r w:rsidR="008E2DD4">
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Facility</w:t>
             </w:r>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve"> by (a registered message or its equivalent, which mentions amendments on requirements, conditions and the date of activation for the amendments).</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="2682705F" w14:textId="1130E996" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+              <w:t xml:space="preserve"> should pay the cost of the license for using the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mentioned in the G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>eral R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egulation after issuing the license of use and renew the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>when required.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3431C102" w14:textId="77777777" w:rsidR="00EC4933" w:rsidRDefault="00EC4933" w:rsidP="00EC4933">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="26471C2D" w14:textId="3F18C45C" w:rsidR="00EC4933" w:rsidRPr="00E3544D" w:rsidRDefault="00EC4933" w:rsidP="00EC4933">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="3FEB9603" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="2A3B513D" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="112449D2" w14:textId="38033463" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="51EFECE0" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00465F39" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00465F39">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>البند السابع- معلومات عن تعديلات في الإنتاج:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="45FC33E4" w14:textId="7C5F2244" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">2. تلتزم المنشأة بالرد على الهيئة (برسالة مسجلة أو </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> ما إذا كانت مستعدة لقبول وتطبيق تلك التعديلات خلال الفترة الزمنية المحددة لتنفيذ تلك التعديلات وبناء عليه يتم إصدار ترخيص جديد وفق التعديلات المطلوبة، أو غير مستعدة لقبول تلك التعديلات وتطبيقها خلال الفترة المحددة وبناء عليه يعتبر الترخيص غير صالح وملغي ابتداءً من تاريخ تفعيل التعديلات، ما لم تقرر الهيئة إجراءات أخرى.</w:t>
+              <w:t>1- تلتزم المنشأة بإبلاغ الهيئة كتابيا حول كل التعديلات المتعلقة بمعدات الإنتاج والمراقبة ونظام إدارة ضمان الجودة المطبق بها والتي يمكن أن يكون لها تأثير مباشر على مطابقة المنتجات والسلع ، وفق البنود المذكورة في إجراء المنح للمنتج أو المواصفات القياسية.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+              <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="699D265C" w14:textId="77777777" w:rsidR="0029494D" w:rsidRDefault="0029494D" w:rsidP="00006CAC">
-[...1 lines deleted...]
-              <w:pStyle w:val="aaaa"/>
+          <w:p w14:paraId="014331EC" w14:textId="0E0B0E4E" w:rsidR="00F41148" w:rsidRPr="00560D06" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
               <w:bidi w:val="0"/>
-              <w:ind w:left="0"/>
+              <w:ind w:left="84" w:hanging="84"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...40 lines deleted...]
-          <w:p w14:paraId="3830B70F" w14:textId="7BB854E1" w:rsidR="00560D06" w:rsidRPr="00E3544D" w:rsidRDefault="00560D06" w:rsidP="00560D06">
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560D06">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seventh Clause - Information about amendments in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560D06">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="681BB43D" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00560D06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. The Facility should inform SASO in writing about all amendments related to </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560D06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ion equipment, observation and applying the management system of quality assurance that affect the conformity of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560D06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>s and goods directly, according to clauses mentioned in Products Scheme and Specification Standards.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="775F9DF2" w14:textId="3B8E95F5" w:rsidR="00F41148" w:rsidRPr="00560D06" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="661385B1" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="07413C20" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="70"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-            <w:tcW w:w="5092" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B4DC8FD" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="008178E0" w:rsidRDefault="0029494D" w:rsidP="0029494D">
+          <w:p w14:paraId="40A8629C" w14:textId="68B28330" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
-[...19 lines deleted...]
-                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve">يسري هذا العقد من تاريخ: </w:t>
-            </w:r>
+              <w:t>2- على المنشأة إشعار الهيئة بإجراء أي تعديل على المنتجات والسلع الحاصلة على العلامة ولا يجوز استخدام العلامة بعد التعديل إلا بموافقة رسمية من الهيئة.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22BDA0E9" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should inform SASO of any modification in </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>products</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> granting the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">should not use the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>after the modification except with official approval from SASO.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16DBBF29" w14:textId="5FCBA674" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="751DBE8E" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="235FA547" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00006CAC" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00006CAC">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند الثامن- تعديل متطلبات المنتجات والسلع:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6CAC3BE3" w14:textId="27544A4B" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>1- إذا تم تعديل أو إضافة تغييرات على إجراءات منح المنتجات، يتم إبلاغ المنشأة المرخص لها عن طريق (رسالة مسجلة أو ما يعادلها يذكر فيها التعديلات على المتطلبات والشروط وتاريخ بداية تفعيل هذه التعديلات)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F3F5094" w14:textId="7DBE58A4" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="84" w:hanging="84"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eighth Clause-Amendments of the requirements of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C7DDDFC" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. If there are any modifications, additions or amendments on granting procedures of </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s, SASO informs the licensed </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by (a registered message or its equivalent, which mentions amendments on requirements, conditions and the date of activation for the amendments).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2682705F" w14:textId="1130E996" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="3FEB9603" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="112449D2" w14:textId="38033463" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. تلتزم المنشأة بالرد على الهيئة (برسالة مسجلة أو </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ما يعادلها)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ما إذا كانت مستعدة لقبول وتطبيق تلك التعديلات خلال الفترة الزمنية المحددة لتنفيذ تلك التعديلات وبناء عليه يتم إصدار ترخيص جديد وفق التعديلات المطلوبة، أو غير مستعدة لقبول تلك التعديلات وتطبيقها خلال الفترة المحددة وبناء عليه يعتبر الترخيص غير صالح وملغي ابتداءً من تاريخ تفعيل التعديلات، ما لم تقرر الهيئة إجراءات أخرى.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="699D265C" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> should reply to SASO, by (a registered message or its equivalent), whether it is ready to approve and apply those amendments during the specified period. SASO issues new licenses according to required amendments. If the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is not ready to approve and apply those amendments during the specified period, the license will canceled from the activation date of amendments, unless SASO decides to implement other procedures.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3830B70F" w14:textId="7BB854E1" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B35C8A" w:rsidRPr="00E3544D" w14:paraId="661385B1" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="20" w:type="dxa"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="117CB095" w14:textId="59AF5B41" w:rsidR="00B35C8A" w:rsidRPr="00B35C8A" w:rsidRDefault="00B35C8A" w:rsidP="00B35C8A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008178E0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند التاسع</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008178E0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>-فترة العقد:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5352" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57580062" w14:textId="768D3ADD" w:rsidR="00B35C8A" w:rsidRPr="00B35C8A" w:rsidRDefault="00B35C8A" w:rsidP="00B35C8A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B35C8A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Ninth Clause</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B35C8A">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B35C8A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Contract period</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B35C8A" w:rsidRPr="00E3544D" w14:paraId="607FCF56" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:wAfter w:w="20" w:type="dxa"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="2212" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4FE31BDD" w14:textId="4183AADE" w:rsidR="00B35C8A" w:rsidRPr="00B35C8A" w:rsidRDefault="00B35C8A" w:rsidP="00B35C8A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>يسري هذا العقد من تاريخ:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:permStart w:id="1003822079" w:edGrp="everyone"/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6240" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56B0CA1F" w14:textId="569F31E5" w:rsidR="00B35C8A" w:rsidRPr="00B35C8A" w:rsidRDefault="004F5E72" w:rsidP="00F9080A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
+                  <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                  <w:b/>
+                  <w:bCs/>
                   <w:color w:val="0091B4"/>
-                  <w:sz w:val="14"/>
-[...1 lines deleted...]
-                  <w:rtl/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:lang w:bidi="ar-EG"/>
                 </w:rPr>
                 <w:id w:val="-104423818"/>
                 <w:placeholder>
-                  <w:docPart w:val="0563E91E81544AD4A832834B97F423CD"/>
+                  <w:docPart w:val="EF02D47A96A348A79F3EA8DD8C31AA4B"/>
                 </w:placeholder>
-                <w:date>
+                <w:date w:fullDate="2026-02-02T00:00:00Z">
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B17B8C" w:rsidRPr="00B17B8C">
+                <w:r w:rsidR="00F9080A">
                   <w:rPr>
-                    <w:rFonts w:hint="cs"/>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
                     <w:color w:val="0091B4"/>
-                    <w:sz w:val="14"/>
-[...1 lines deleted...]
-                    <w:rtl/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                    <w:lang w:bidi="ar-EG"/>
                   </w:rPr>
-                  <w:t>انقر لإدخال التاريخ</w:t>
+                  <w:t>2026-02-</w:t>
+                </w:r>
+                <w:r w:rsidR="00EC12B8">
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:color w:val="0091B4"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                    <w:lang w:bidi="ar-EG"/>
+                  </w:rPr>
+                  <w:t>02</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...33 lines deleted...]
-            </w:pPr>
+            <w:permEnd w:id="1003822079"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5389" w:type="dxa"/>
+            <w:tcW w:w="2245" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AF931CE" w14:textId="77777777" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="0029494D">
-[...1 lines deleted...]
-              <w:bidi w:val="0"/>
+          <w:p w14:paraId="657BFC02" w14:textId="214DAF7E" w:rsidR="00B35C8A" w:rsidRPr="00B35C8A" w:rsidRDefault="00B35C8A" w:rsidP="00B35C8A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B35C8A">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>This contract is valid from</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B35C8A" w:rsidRPr="00E3544D" w14:paraId="32EAA655" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="20" w:type="dxa"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5345" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="087825CD" w14:textId="27B29C21" w:rsidR="00B35C8A" w:rsidRPr="00B35C8A" w:rsidRDefault="00B35C8A" w:rsidP="00B35C8A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ويستمر العقد مدة سريان الترخيص مالم يصدر قرار (بإلغاء - سحب) ترخيص علامة الجودة.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5352" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="127879F0" w14:textId="68EC147C" w:rsidR="00B35C8A" w:rsidRPr="00B35C8A" w:rsidRDefault="00B35C8A" w:rsidP="00B35C8A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The contract shall remain in effect until a decision issued to cancel or withdraw the license.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="072A88AC" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="300023E6" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="008178E0" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="both"/>
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
-[...17 lines deleted...]
-          <w:p w14:paraId="74F89542" w14:textId="3A6A9B5C" w:rsidR="0029494D" w:rsidRPr="00E3544D" w:rsidRDefault="0029494D" w:rsidP="00B17B8C">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008178E0">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند العاشر-انتهاء العقد:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15FCCC31" w14:textId="2F992BDB" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-للهيئة الحق في إيقاف أو سحب </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ال</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ترخيص باستعمال علامة الجودة عند مخالفة بنود اللائحة العامة لعلامة الجودة وإجراء المنح للمنتج والمواصفة القياسية او بنود هذا العقد.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75EBE208" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
             <w:pPr>
               <w:bidi w:val="0"/>
               <w:ind w:left="84" w:hanging="84"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E3544D">
               <w:rPr>
-                <w:sz w:val="16"/>
-[...3 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Tenth Clause - Expiration of the contract</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E323511" w14:textId="3136A25A" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1. SASO has the right to terminate or withdraw the license of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">when the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility violates the clauses of General R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egulation, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Products Scheme</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>and S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>pecification Standards or the clauses of this contract</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="6D0EBC8E" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="1767"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05C9EA81" w14:textId="6A7A5A5B" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">2-في حال إلغاء العقد </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لأي سبب</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>-أو انتهائه، يجب على المنشأة فوراً إيقاف استخدام العلامة على المنتجات والسلع، وتتعهد المنشأة بعدم استعمال العلامة على المنتجات والسلع بعد انتهاء سريان الترخيص ما لم يتم التجديد طبقاً للمواد المنصوص عليها في اللائحة العامة لعلامة الجودة.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E361D4C" w14:textId="5E5C6958" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2. In the event of cancelling this contract for any reasons or expiration, the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> shall immediately remove the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">from their </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> shall not use the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">on their </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>product</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">s and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> after the expiration of the license unless renewing it accordin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>g to mentioned articles in the G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eneral </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egulation of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Quality Mark.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="43F658D3" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53B5ECBC" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-الوقت والفترة اللازمة لإشعار </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560D06">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الطرف الآخر</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560D06">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>بإيقاف</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> أو سحب الترخيص يختلف حسب الوضع المسبب له وفق الحالات المبينة بالجدول التالي:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69648C85" w14:textId="4C758681" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5EB7153D" w14:textId="305E5872" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3. The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">time and period required </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to notify </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00560D06">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>the other party for discontinuing</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or withdraw the license varies according to the situation, as outlined in the table below:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="516FAAC0" w14:textId="4DC020CC" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="01598BAF" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="1482"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D6EBA2" w14:textId="056DDF0B" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">حالات تتطلب </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">إرسال إشعار </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">حول </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تعليق أو الغاء الترخيص</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="151A5FC6" w14:textId="3ACFB982" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الفترة اللازمة لإشعار الطرف الآخر قبل تاريخ إيقاف أو إلغاء الترخيص</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD8F211" w14:textId="10C2C5EE" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>The required period to notify the other party before the license suspension or cancellation date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="30CB466D" w14:textId="035D1DEB" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Cases that require sending a notification about the suspension or cancellation of a license</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="05959CAD" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0F1E6A53" w14:textId="34691674" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رغبة المنشأة في إيقاف الترخيص</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E446E8D" w14:textId="72C87431" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3251F569" w14:textId="048DCA49" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>تحددها الهيئة</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D407CFD" w14:textId="37EAC4C2" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Determined by SASO</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E07A017" w14:textId="04218EA5" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> wishes to suspend  the license</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="07D97E60" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6522A6A6" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>اقرار الهيئة لخطورة المنتجات والسلع</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61462185" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>(عدم احترام معايير السلامة)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="57A85850" w14:textId="01FCFB6C" w:rsidR="00F41148" w:rsidRPr="009D2508" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7050C921" w14:textId="4E960266" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مباشرة</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6640EF8C" w14:textId="448B068A" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Immediately</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2B2513A3" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SASO's approval of the hazardousness of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">products </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(Disrespect for safety standards)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6432B1BD" w14:textId="0F076E74" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="04C5CDF2" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A1D2799" w14:textId="68368456" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عدم مطابقة لمنتجات والسلع لمعايير المواصفات القياسية ، باستثناء معايير السلامة</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B84E2FC" w14:textId="6BE6DF84" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لا تتجاوز(60) ستون يوماً</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6404C58C" w14:textId="4CE04918" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Not exceeding </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="426F4A6F" w14:textId="3A980246" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Non-conformity of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>goods</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> with specification standards, except safety standards</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="261B6A32" w14:textId="1026FAC6" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="7A004FDC" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="337A5EDC" w14:textId="0E7FBE46" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">عدم دفع تكاليف </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009D2508">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>منح الترخيص</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> أو تجديده</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7895DC42" w14:textId="1319AA57" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لا تتجاوز (30) ثلاثون يوماً</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="282FD4FA" w14:textId="3041B178" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Not exceeding </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EFCCD51" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Non-payment the cost of granting or renewing the license</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4E0A3E2E" w14:textId="1A08644E" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="0CAD2882" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A1D8B47" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عدم الوفاء بالشروط الأخرى من اتفاقية الترخيص</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7904B35D" w14:textId="04B2CADF" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4461EE25" w14:textId="5AA887EC" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لا تتجاوز (60) ستون يوماً</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7BF9E8EA" w14:textId="29F6E2F3" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Not exceeding </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> days</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3D69534B" w14:textId="32A1E06F" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Failure to meet the conditions of license agreement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="293F5265" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F23D458" w14:textId="0FC88F42" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ضرورة تطبيق التعديلات الإلزامية بما يتفق مع المتطلبات الجديدة فيم</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ا</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> يتعلق بتحديث المواصفات</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69F7C8E8" w14:textId="792AB670" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2079" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61E369A2" w14:textId="0E734B0B" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>حسب ما تحدده اللائحة العامة لعلامة الجودة وإجراء المنح للمنتج</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2407" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="163F71D2" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>In accordance with the G</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">eneral </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">egulation of the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quality Mark </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Products Scheme</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6C5867A1" w14:textId="4B7D0541" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3121" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="168C8E64" w14:textId="072BE143" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Requirement to apply mandatory amendments</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="27CF73D4" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BF8D2B8" w14:textId="77777777" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>4-يتم تفسير بنود هذا العقد طبقاً للأنظمة السائدة والمعمول بها في المملكة العربية السعودية وتخضع لقوانين حقوق الطبع والنشر السعودية والدولية السارية.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5CBA5EA8" w14:textId="1870D71B" w:rsidR="00F41148" w:rsidRPr="007D62BE" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="74CE4239" w14:textId="1B7A12B3" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4. Explaining the items of this contract should be according to prevailing systems in Saudi Arabia and subjected to current laws of Saudi and international copyrights.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="336AD7D0" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28D36941" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند الحادي عشر-النزاعات:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="118CFB6B" w14:textId="6DAB215E" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">تختص الهيئة السعودية للمواصفات والمقاييس والجودة بكافة النزاعات التي قد تنشأ بين الطرفين خلال تطبيق هذا العقد، وتسوى وفقاً </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>للإجراءات واللوائح</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> المطبقة في الهيئة.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="31ED05ED" w14:textId="0D7403E6" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5C9B4DE0" w14:textId="5CF275F6" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="352C2423" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13C35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Eleventh clause- Disputes</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D077D9D" w14:textId="1B1AD139" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>SASO shall be responsible for all disputes that may arise between the parties during the implementation of this contract and disputes shall be settled according to the procedures and regulations applied in SASO.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="0E0C72B1" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41D012E5" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13C35">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>البند الثاني عشر-احكام عامة:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="30C6A400" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13C35">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>1- يلغى طلب الحصول على علامة الجودة اذا مضى (30) يوماً ولم تتجاوب المنشأة مع ملاحظات دراسة الطلب.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24E60FFF" w14:textId="721F2B22" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EEC1E83" w14:textId="77777777" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13C35">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Twelfth clause - General Provisions</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="29005D6A" w14:textId="36059803" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13C35">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1. Application of the Quality Mark will cancelled if (30) days have passed, and the Facility has not responded to the notes of the application study.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="43BA5BDA" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22F59183" w14:textId="5009F79D" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13C35">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>2- لا يعتد الا باللغة العربية في جميع الاجراءات واللوائح المقدمة من الهيئة</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F13C35">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E98B936" w14:textId="5B9FF7E2" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1405F5FB" w14:textId="43440C16" w:rsidR="00F41148" w:rsidRPr="00F13C35" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F13C35">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2. In all procedures and regulations submitted by SASO, only the Arabic language shall considered.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F41148" w:rsidRPr="00E3544D" w14:paraId="3372777A" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:trHeight w:val="70"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="5189" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="331FC2FA" w14:textId="3F18540E" w:rsidR="00F41148" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>3- يجب على المنشاة قبول الملاحظين المشاركين من جهات الاعتماد او التدقيق الداخلي او المراجعة الداخلية من الهيئة.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="235D6C4A" w14:textId="77777777" w:rsidR="00F9080A" w:rsidRDefault="00F9080A" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5F62807A" w14:textId="299ACFB9" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5528" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="60E7B0B2" w14:textId="00051E56" w:rsidR="00F41148" w:rsidRPr="00E3544D" w:rsidRDefault="00F41148" w:rsidP="00F41148">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">3. The </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> shall accept observers from accreditation bodies, internal auditing bodies, or SASO’s internal auditing bodies.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="a6"/>
+        <w:bidiVisual/>
+        <w:tblW w:w="10128" w:type="dxa"/>
+        <w:tblInd w:w="-156" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1769"/>
+        <w:gridCol w:w="1607"/>
+        <w:gridCol w:w="1511"/>
+        <w:gridCol w:w="1865"/>
+        <w:gridCol w:w="1384"/>
+        <w:gridCol w:w="1992"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00615EF9" w:rsidRPr="00E3544D" w14:paraId="138EE234" w14:textId="77777777" w:rsidTr="00FE319B">
+        <w:trPr>
+          <w:trHeight w:val="63"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4887" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C364F7" w14:textId="77777777" w:rsidR="004272D2" w:rsidRDefault="00615EF9" w:rsidP="007C66F3">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>توقيع الاطراف</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01595B7E" w14:textId="1962F7A6" w:rsidR="007C66F3" w:rsidRPr="00E3544D" w:rsidRDefault="007C66F3" w:rsidP="007C66F3">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5241" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C17AE84" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRPr="00E3544D" w:rsidRDefault="00615EF9" w:rsidP="000079B8">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Signature of the parties</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000079B8" w:rsidRPr="00E3544D" w14:paraId="427D361C" w14:textId="77777777" w:rsidTr="00FE319B">
+        <w:trPr>
+          <w:trHeight w:val="63"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10128" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF6EF39" w14:textId="77777777" w:rsidR="004272D2" w:rsidRDefault="000079B8" w:rsidP="00B91DBB">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">First party  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> الطرف الأول</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A881AE9" w14:textId="44DC2EA9" w:rsidR="00B91DBB" w:rsidRPr="00E3544D" w:rsidRDefault="00B91DBB" w:rsidP="00B91DBB">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004272D2" w:rsidRPr="00E3544D" w14:paraId="363C458E" w14:textId="77777777" w:rsidTr="00FE319B">
+        <w:trPr>
+          <w:trHeight w:val="63"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3376" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0462EC06" w14:textId="069F42D7" w:rsidR="0077173E" w:rsidRDefault="004272D2" w:rsidP="0077173E">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>م</w:t>
+            </w:r>
+            <w:r w:rsidR="0077173E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>دير ع</w:t>
+            </w:r>
+            <w:r w:rsidR="0077173E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ام الادارة ال</w:t>
+            </w:r>
+            <w:r w:rsidR="0077173E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ــ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ع</w:t>
+            </w:r>
+            <w:r w:rsidR="0077173E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ـ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>امة</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E03C22D" w14:textId="5978902F" w:rsidR="00FE319B" w:rsidRPr="00B91DBB" w:rsidRDefault="004272D2" w:rsidP="0077173E">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0" w:right="1074"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>لمن</w:t>
+            </w:r>
+            <w:r w:rsidR="0077173E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ـ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ح ال</w:t>
+            </w:r>
+            <w:r w:rsidR="0077173E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ـ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ش</w:t>
+            </w:r>
+            <w:r w:rsidR="0077173E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ـ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>هادات</w:t>
+            </w:r>
+            <w:r w:rsidR="0077173E">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> الـمكلف</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE319B" w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3376" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C62ED6A" w14:textId="252E2EA1" w:rsidR="004272D2" w:rsidRPr="00B91DBB" w:rsidRDefault="00FE319B" w:rsidP="00FE319B">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>م. سلطـان بن صــالــح الشـهـري</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13541C03" w14:textId="5CB09684" w:rsidR="00FE319B" w:rsidRPr="00B91DBB" w:rsidRDefault="00FE319B" w:rsidP="00FE319B">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Eng. Sultan Bin Saleh AlShehri</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3376" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AFF44E" w14:textId="2573B7C3" w:rsidR="00FE319B" w:rsidRPr="00B91DBB" w:rsidRDefault="0077173E" w:rsidP="0077173E">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="575"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Acting </w:t>
+            </w:r>
+            <w:r w:rsidR="004272D2" w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Director General of Certification Department</w:t>
+            </w:r>
+            <w:r w:rsidR="00FE319B" w:rsidRPr="00B91DBB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004272D2" w:rsidRPr="00E3544D" w14:paraId="11E5EE8A" w14:textId="77777777" w:rsidTr="00FE319B">
+        <w:trPr>
+          <w:trHeight w:val="63"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10128" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+          </w:tcPr>
+          <w:p w14:paraId="353C59B7" w14:textId="77777777" w:rsidR="004272D2" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="07EC1D2B" w14:textId="693F1CAF" w:rsidR="004272D2" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">التوقيع </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="720E9EEC" w14:textId="11CFD6B2" w:rsidR="004272D2" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6D6C307F" w14:textId="77777777" w:rsidR="004272D2" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="63A6D27D" w14:textId="2AF32094" w:rsidR="004272D2" w:rsidRDefault="007159C1" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="447628736" w:edGrp="everyone"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.......................</w:t>
+            </w:r>
+            <w:permEnd w:id="447628736"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004272D2" w:rsidRPr="00E3544D" w14:paraId="21C6A2FD" w14:textId="77777777" w:rsidTr="00FE319B">
+        <w:trPr>
+          <w:trHeight w:val="63"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10128" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="554447C2" w14:textId="77777777" w:rsidR="004272D2" w:rsidRPr="000079B8" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>التاريخ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+          <w:permStart w:id="1521055844" w:edGrp="everyone"/>
+          <w:p w14:paraId="03747733" w14:textId="10E2696B" w:rsidR="004272D2" w:rsidRDefault="004F5E72" w:rsidP="00F9080A">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="0091B4"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-EG"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0091B4"/>
-                  <w:sz w:val="14"/>
-                  <w:szCs w:val="14"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                  <w:rtl/>
                   <w:lang w:bidi="ar-EG"/>
                 </w:rPr>
-                <w:id w:val="338508930"/>
+                <w:id w:val="-110353584"/>
                 <w:placeholder>
-                  <w:docPart w:val="80D62AE57C7F4F02AE69ACF95AFAFE4F"/>
+                  <w:docPart w:val="FBC091747BE540C8AC15229A4F028733"/>
                 </w:placeholder>
-                <w:date>
+                <w:date w:fullDate="2026-02-02T00:00:00Z">
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00B17B8C" w:rsidRPr="00B17B8C">
+                <w:r w:rsidR="00F9080A">
                   <w:rPr>
                     <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="0091B4"/>
-                    <w:sz w:val="14"/>
-                    <w:szCs w:val="14"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:bidi="ar-EG"/>
                   </w:rPr>
-                  <w:t>Click to enter a date.</w:t>
+                  <w:t>2026-02-</w:t>
+                </w:r>
+                <w:r w:rsidR="00E635F0">
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:color w:val="0091B4"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                    <w:lang w:bidi="ar-EG"/>
+                  </w:rPr>
+                  <w:t>02</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...18 lines deleted...]
-            </w:r>
+            <w:permEnd w:id="1521055844"/>
+          </w:p>
+          <w:p w14:paraId="09F89DB3" w14:textId="2DDFE142" w:rsidR="008673C0" w:rsidRDefault="008673C0" w:rsidP="00B91DBB">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0029494D" w:rsidRPr="00E3544D" w14:paraId="072A88AC" w14:textId="77777777" w:rsidTr="00615EF9">
-[...2616 lines deleted...]
-      <w:tr w:rsidR="00615EF9" w:rsidRPr="00E3544D" w14:paraId="138EE234" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="000E75DC" w:rsidRPr="00E3544D" w14:paraId="2B212125" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
           <w:trHeight w:val="63"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4615" w:type="dxa"/>
+            <w:tcW w:w="10128" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="AEAAAA"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01595B7E" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRPr="00E3544D" w:rsidRDefault="00615EF9" w:rsidP="00F9214A">
-[...2 lines deleted...]
-              <w:ind w:left="0"/>
+          <w:p w14:paraId="4E82BD0B" w14:textId="77777777" w:rsidR="008673C0" w:rsidRDefault="008673C0" w:rsidP="00481575">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E3544D">
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7F66F064" w14:textId="10209F0F" w:rsidR="000E75DC" w:rsidRPr="00E3544D" w:rsidRDefault="00D15CB7" w:rsidP="008673C0">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:bidi w:val="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
-[...1 lines deleted...]
-              <w:t>توقيع الاطراف</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Second</w:t>
+            </w:r>
+            <w:r w:rsidR="000E75DC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> party  </w:t>
+            </w:r>
+            <w:r w:rsidR="000E75DC">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E75DC" w:rsidRPr="00E3544D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> الطرف </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965321">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الثاني</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004272D2" w:rsidRPr="00E3544D" w14:paraId="25AC2554" w14:textId="77777777" w:rsidTr="00F9080A">
+        <w:trPr>
+          <w:trHeight w:val="63"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1769" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA20640" w14:textId="77777777" w:rsidR="004272D2" w:rsidRPr="000079B8" w:rsidRDefault="004272D2" w:rsidP="000E75DC">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E75DC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>المنشأة</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5175" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6367" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="5C17AE84" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRPr="00E3544D" w:rsidRDefault="00615EF9" w:rsidP="00F9214A">
-[...3 lines deleted...]
-              <w:ind w:left="180"/>
+          <w:p w14:paraId="4526D954" w14:textId="0D4C2C70" w:rsidR="004272D2" w:rsidRPr="00E3544D" w:rsidRDefault="007159C1" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E3544D">
-              <w:rPr>
+            <w:permStart w:id="300896318" w:edGrp="everyone"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-              <w:t>Signature of the parties</w:t>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>......................................................................</w:t>
+            </w:r>
+            <w:permEnd w:id="300896318"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="186CEC26" w14:textId="7BA0B082" w:rsidR="004272D2" w:rsidRPr="00E3544D" w:rsidRDefault="004272D2" w:rsidP="000E75DC">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E75DC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615EF9" w:rsidRPr="00E3544D" w14:paraId="77F729AC" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="004272D2" w:rsidRPr="00E3544D" w14:paraId="1286BC8C" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
-          <w:trHeight w:val="98"/>
+          <w:trHeight w:val="63"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4615" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1769" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B88ACF8" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRDefault="00615EF9" w:rsidP="00F9214A">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00E3544D">
+          <w:p w14:paraId="0626408D" w14:textId="3C2AE634" w:rsidR="004272D2" w:rsidRPr="000E75DC" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>الطرف الأول:</w:t>
-[...17 lines deleted...]
-              <w:t>مدير عام الادارة العامة لمنح الشهادات</w:t>
+            </w:pPr>
+            <w:permStart w:id="609962356" w:edGrp="everyone" w:colFirst="1" w:colLast="1"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>ممثل المنشأة:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5175" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="6367" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="165754B0" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRDefault="00615EF9" w:rsidP="00F9214A">
-[...3 lines deleted...]
-              <w:ind w:left="180"/>
+          <w:p w14:paraId="04871A19" w14:textId="0C53845D" w:rsidR="004272D2" w:rsidRPr="00E3544D" w:rsidRDefault="00F9080A" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:hint="cs"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-              </w:rPr>
-[...3 lines deleted...]
-          <w:p w14:paraId="2F58AD25" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRPr="00E3544D" w:rsidRDefault="00615EF9" w:rsidP="00F9214A">
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.........................</w:t>
+            </w:r>
+            <w:r w:rsidR="007159C1">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>..</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>.................</w:t>
+            </w:r>
+            <w:r w:rsidR="007159C1">
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>............</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>......................</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1992" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E00DF63" w14:textId="6E123537" w:rsidR="004272D2" w:rsidRPr="000E75DC" w:rsidRDefault="004272D2" w:rsidP="004272D2">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:bidi w:val="0"/>
-              <w:ind w:left="180"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Department</w:t>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Facility R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004272D2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>epresentative</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004272D2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615EF9" w:rsidRPr="00E3544D" w14:paraId="010A6B1F" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:permEnd w:id="609962356"/>
+      <w:tr w:rsidR="004272D2" w:rsidRPr="00E3544D" w14:paraId="173B3A91" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
-          <w:trHeight w:val="98"/>
+          <w:trHeight w:val="63"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4615" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10128" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="6006A564" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRPr="00E3544D" w:rsidRDefault="00615EF9" w:rsidP="00F9214A">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00365EDE">
+          <w:p w14:paraId="42D9F261" w14:textId="77777777" w:rsidR="004272D2" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:rtl/>
-[...32 lines deleted...]
-            <w:r w:rsidRPr="00365EDE">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="162CE08F" w14:textId="44D88E5A" w:rsidR="004272D2" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Name:</w:t>
-            </w:r>
+            </w:pPr>
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">التوقيع </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="52AF8159" w14:textId="66710B08" w:rsidR="004272D2" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="19C12AEB" w14:textId="77777777" w:rsidR="004272D2" w:rsidRDefault="004272D2" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="32022466" w14:textId="30028645" w:rsidR="004272D2" w:rsidRDefault="007159C1" w:rsidP="004272D2">
+            <w:pPr>
+              <w:pStyle w:val="aaaa"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:permStart w:id="911424690" w:edGrp="everyone"/>
             <w:r>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...10 lines deleted...]
-            </w:r>
+                <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>...................</w:t>
+            </w:r>
+            <w:permEnd w:id="911424690"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00615EF9" w:rsidRPr="00E3544D" w14:paraId="57E33259" w14:textId="77777777" w:rsidTr="00615EF9">
+      <w:tr w:rsidR="004272D2" w:rsidRPr="00E3544D" w14:paraId="29929003" w14:textId="77777777" w:rsidTr="00F9080A">
         <w:trPr>
-          <w:trHeight w:val="98"/>
+          <w:trHeight w:val="63"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9790" w:type="dxa"/>
-[...4 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="10128" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="07BC2F0D" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRDefault="00615EF9" w:rsidP="00F9214A">
+          <w:p w14:paraId="56429A86" w14:textId="77777777" w:rsidR="004272D2" w:rsidRPr="000079B8" w:rsidRDefault="004272D2" w:rsidP="004272D2">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...12 lines deleted...]
-            <w:r>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>التاريخ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000079B8">
               <w:rPr>
                 <w:rFonts w:hint="cs"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E3544D">
-[...7 lines deleted...]
-          <w:p w14:paraId="5965AE55" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRDefault="00615EF9" w:rsidP="00F9214A">
+            <w:r w:rsidRPr="000079B8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+          <w:permStart w:id="748583751" w:edGrp="everyone"/>
+          <w:p w14:paraId="542EFC51" w14:textId="36CDCDBB" w:rsidR="004272D2" w:rsidRDefault="004F5E72" w:rsidP="0077173E">
             <w:pPr>
               <w:pStyle w:val="aaaa"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:sz w:val="16"/>
-[...93 lines deleted...]
-              <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                   <w:b/>
                   <w:bCs/>
                   <w:color w:val="0091B4"/>
-                  <w:sz w:val="14"/>
-                  <w:szCs w:val="14"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
                   <w:rtl/>
                   <w:lang w:bidi="ar-EG"/>
                 </w:rPr>
-                <w:id w:val="-794526619"/>
+                <w:id w:val="-1018540413"/>
                 <w:placeholder>
-                  <w:docPart w:val="A11462C5B77D4B1789B2D1226466BCB0"/>
+                  <w:docPart w:val="7CC76C61F53147AAA41248D7A6E0765E"/>
                 </w:placeholder>
-                <w:date>
+                <w:date w:fullDate="2026-02-02T00:00:00Z">
                   <w:dateFormat w:val="yyyy-MM-dd"/>
                   <w:lid w:val="en-US"/>
                   <w:storeMappedDataAs w:val="dateTime"/>
                   <w:calendar w:val="gregorian"/>
                 </w:date>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A75B89" w:rsidRPr="00B17B8C">
+                <w:r w:rsidR="00F9080A">
                   <w:rPr>
                     <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
                     <w:b/>
                     <w:bCs/>
                     <w:color w:val="0091B4"/>
-                    <w:sz w:val="14"/>
-                    <w:szCs w:val="14"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
                     <w:lang w:bidi="ar-EG"/>
                   </w:rPr>
-                  <w:t>Click to enter a date.</w:t>
+                  <w:t>2026-02-</w:t>
+                </w:r>
+                <w:r w:rsidR="0077173E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+                    <w:b/>
+                    <w:bCs/>
+                    <w:color w:val="0091B4"/>
+                    <w:sz w:val="16"/>
+                    <w:szCs w:val="16"/>
+                    <w:lang w:bidi="ar-EG"/>
+                  </w:rPr>
+                  <w:t>02</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...648 lines deleted...]
-            </w:pPr>
+            <w:permEnd w:id="748583751"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36F37DB6" w14:textId="77777777" w:rsidR="00615EF9" w:rsidRPr="00E3544D" w:rsidRDefault="00615EF9" w:rsidP="0062582F">
-[...71 lines deleted...]
-    <w:sectPr w:rsidR="00257BDE" w:rsidRPr="00E3544D" w:rsidSect="009710F5">
+    <w:p w14:paraId="39B1FFCF" w14:textId="525D7D93" w:rsidR="000E75DC" w:rsidRDefault="000E75DC"/>
+    <w:sectPr w:rsidR="000E75DC" w:rsidSect="00F9080A">
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="288" w:footer="144" w:gutter="0"/>
+      <w:pgMar w:top="1740" w:right="1080" w:bottom="1440" w:left="1080" w:header="288" w:footer="144" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E6FCC5F" w14:textId="77777777" w:rsidR="00B16C24" w:rsidRDefault="00B16C24" w:rsidP="006353AF">
+    <w:p w14:paraId="01CB02F3" w14:textId="77777777" w:rsidR="004F5E72" w:rsidRDefault="004F5E72" w:rsidP="006353AF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="17BEB03D" w14:textId="77777777" w:rsidR="00B16C24" w:rsidRDefault="00B16C24" w:rsidP="006353AF">
+    <w:p w14:paraId="0C47E323" w14:textId="77777777" w:rsidR="004F5E72" w:rsidRDefault="004F5E72" w:rsidP="006353AF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
@@ -12381,96 +12199,96 @@
           <w:tcW w:w="969" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4B9B2E"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="45981296" w14:textId="0584D83F" w:rsidR="008A453D" w:rsidRPr="008A453D" w:rsidRDefault="008A453D" w:rsidP="008A453D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="755" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4B9B2E"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="388B1185" w14:textId="74A5744B" w:rsidR="008A453D" w:rsidRPr="008A453D" w:rsidRDefault="00B16C24" w:rsidP="008A453D">
+        <w:p w14:paraId="388B1185" w14:textId="74A5744B" w:rsidR="008A453D" w:rsidRPr="008A453D" w:rsidRDefault="004F5E72" w:rsidP="008A453D">
           <w:pPr>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:rPr>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:hyperlink r:id="rId1" w:history="1">
             <w:r w:rsidR="008A453D" w:rsidRPr="00D22423">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>www.saso.gov.sa</w:t>
             </w:r>
           </w:hyperlink>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="450" w:type="pct"/>
           <w:gridSpan w:val="2"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4B9B2E"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="4A2BE81E" w14:textId="6AE34F40" w:rsidR="008A453D" w:rsidRPr="00CD7967" w:rsidRDefault="008A453D" w:rsidP="008A453D">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2D642896" wp14:editId="7675D057">
                 <wp:extent cx="153726" cy="153726"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="3" name="صورة 3"/>
+                <wp:docPr id="48" name="صورة 48"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="12" name="globe.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId2">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -12516,51 +12334,51 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="308" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4B9B2E"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="4352984E" w14:textId="033A82BB" w:rsidR="008A453D" w:rsidRPr="00CD7967" w:rsidRDefault="008A453D" w:rsidP="008A453D">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="76B5E03A" wp14:editId="3A67F5ED">
                 <wp:extent cx="153670" cy="153670"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
-                <wp:docPr id="4" name="صورة 4"/>
+                <wp:docPr id="49" name="صورة 49"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="19" name="phone-call.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId3">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
@@ -12605,130 +12423,130 @@
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="618" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4B9B2E"/>
           </w:tcBorders>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
         <w:p w14:paraId="66769D9C" w14:textId="0D702ABD" w:rsidR="008A453D" w:rsidRPr="00233371" w:rsidRDefault="008A453D" w:rsidP="008A453D">
           <w:pPr>
             <w:pStyle w:val="a5"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2324558D" wp14:editId="43F2C13D">
                 <wp:extent cx="189197" cy="163195"/>
                 <wp:effectExtent l="0" t="0" r="1905" b="8255"/>
-                <wp:docPr id="5" name="صورة 5"/>
+                <wp:docPr id="50" name="صورة 50"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="24" name="envelope.png"/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId4">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="190890" cy="164656"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="549" w:type="pct"/>
           <w:tcBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="4B9B2E"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="64887B23" w14:textId="6A2B1C0C" w:rsidR="008A453D" w:rsidRPr="00CD7967" w:rsidRDefault="008A453D" w:rsidP="008A453D">
+        <w:p w14:paraId="64887B23" w14:textId="1CA72C85" w:rsidR="008A453D" w:rsidRPr="00CD7967" w:rsidRDefault="008A453D" w:rsidP="008A453D">
           <w:pPr>
             <w:pStyle w:val="a5"/>
             <w:bidi w:val="0"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00247058">
+          <w:r w:rsidR="0077173E">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>7</w:t>
           </w:r>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
@@ -12741,87 +12559,87 @@
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
           </w:r>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00247058">
+          <w:r w:rsidR="0077173E">
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:t>7</w:t>
           </w:r>
           <w:r w:rsidRPr="00233371">
             <w:rPr>
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="684F7447" w14:textId="19655187" w:rsidR="00743028" w:rsidRDefault="008A453D">
     <w:r w:rsidRPr="00AB6EB4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="176A6231" wp14:editId="1AE812C5">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>6100962</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-276978</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1368425" cy="613410"/>
           <wp:effectExtent l="0" t="0" r="3175" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="6" name="Picture 32" descr="صورة تحتوي على المصباح, حركة مرور, مُضاء&#10;&#10;تم إنشاء الوصف تلقائياً">
+          <wp:docPr id="51" name="Picture 32" descr="صورة تحتوي على المصباح, حركة مرور, مُضاء&#10;&#10;تم إنشاء الوصف تلقائياً">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C04ED215-B03A-4322-AD7D-1D72BF4CA5DD}"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="8" name="صورة 7" descr="صورة تحتوي على المصباح, حركة مرور, مُضاء&#10;&#10;تم إنشاء الوصف تلقائياً">
                     <a:extLst>
                       <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                         <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C04ED215-B03A-4322-AD7D-1D72BF4CA5DD}"/>
                       </a:ext>
                     </a:extLst>
                   </pic:cNvPr>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
@@ -12841,58 +12659,58 @@
                     <a:ext cx="1368425" cy="613410"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="00634794" w14:textId="77777777" w:rsidR="00B16C24" w:rsidRDefault="00B16C24" w:rsidP="006353AF">
+    <w:p w14:paraId="13329D36" w14:textId="77777777" w:rsidR="004F5E72" w:rsidRDefault="004F5E72" w:rsidP="006353AF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38180618" w14:textId="77777777" w:rsidR="00B16C24" w:rsidRDefault="00B16C24" w:rsidP="006353AF">
+    <w:p w14:paraId="1D54D826" w14:textId="77777777" w:rsidR="004F5E72" w:rsidRDefault="004F5E72" w:rsidP="006353AF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="a6"/>
       <w:bidiVisual/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:jc w:val="center"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="0096B7"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -12913,51 +12731,51 @@
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4B9B2E"/>
           </w:tcBorders>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="02F2F9F5" w14:textId="77777777" w:rsidR="00743028" w:rsidRPr="00856200" w:rsidRDefault="00743028" w:rsidP="0060720D">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00E534D8">
             <w:rPr>
               <w:noProof/>
               <w:rtl/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56287697" wp14:editId="695A6355">
                 <wp:extent cx="1371639" cy="392502"/>
                 <wp:effectExtent l="0" t="0" r="0" b="7620"/>
-                <wp:docPr id="1" name="صورة 1"/>
+                <wp:docPr id="47" name="صورة 47"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="1" name=""/>
                         <pic:cNvPicPr/>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1"/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1576817" cy="451215"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                       </pic:spPr>
@@ -13019,100 +12837,135 @@
           <w:tcW w:w="1530" w:type="pct"/>
           <w:tcBorders>
             <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4B9B2E"/>
           </w:tcBorders>
         </w:tcPr>
         <w:p w14:paraId="6D616381" w14:textId="77777777" w:rsidR="00743028" w:rsidRPr="000F10B3" w:rsidRDefault="00743028" w:rsidP="0060720D">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="000F10B3">
             <w:rPr>
               <w:rFonts w:hint="cs"/>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:rtl/>
             </w:rPr>
             <w:t>الإدارة العامة لمنح الشهادات</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4C3349AB" w14:textId="4A039B20" w:rsidR="00743028" w:rsidRPr="000F10B3" w:rsidRDefault="00743028" w:rsidP="00693542">
+        <w:p w14:paraId="4C3349AB" w14:textId="4400E38C" w:rsidR="00743028" w:rsidRPr="000F10B3" w:rsidRDefault="00743028" w:rsidP="00151714">
           <w:pPr>
             <w:pStyle w:val="a4"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
               <w:rtl/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00B5628A">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
-            <w:t>QMS-F-12-01  V6.00 :</w:t>
+            <w:t>QMS-F-12-</w:t>
           </w:r>
-          <w:r w:rsidR="00693542">
+          <w:r w:rsidR="004A4176" w:rsidRPr="00B5628A">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
-            <w:t>13</w:t>
+            <w:t>01 V</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00B5628A">
+            <w:rPr>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>6.</w:t>
+          </w:r>
+          <w:r w:rsidR="004A4176">
+            <w:rPr>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>01</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00B5628A">
+            <w:rPr>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> :</w:t>
+          </w:r>
+          <w:r w:rsidR="00151714">
+            <w:rPr>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>02</w:t>
           </w:r>
           <w:r w:rsidRPr="00B5628A">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
             <w:t>/</w:t>
           </w:r>
-          <w:r w:rsidR="00C04EAE">
+          <w:r w:rsidR="004A4176">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
-            <w:t>08</w:t>
+            <w:t>02</w:t>
           </w:r>
           <w:r w:rsidRPr="00B5628A">
             <w:rPr>
               <w:sz w:val="14"/>
               <w:szCs w:val="14"/>
             </w:rPr>
-            <w:t>/2024</w:t>
+            <w:t>/</w:t>
+          </w:r>
+          <w:r w:rsidR="004A4176">
+            <w:rPr>
+              <w:sz w:val="14"/>
+              <w:szCs w:val="14"/>
+            </w:rPr>
+            <w:t>2026</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="54BF7C2B" w14:textId="77777777" w:rsidR="00743028" w:rsidRPr="0060720D" w:rsidRDefault="00743028" w:rsidP="00EE2811">
+  <w:p w14:paraId="54BF7C2B" w14:textId="38CA05F2" w:rsidR="00743028" w:rsidRPr="0060720D" w:rsidRDefault="00743028" w:rsidP="00EE2811">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:bidi/>
       <w:rPr>
         <w:rFonts w:ascii="Cairo" w:hAnsi="Cairo" w:cs="Cairo"/>
         <w:sz w:val="2"/>
         <w:szCs w:val="2"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01C636E3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C21C2118"/>
     <w:lvl w:ilvl="0" w:tplc="E26A835C">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
@@ -17147,411 +17000,435 @@
   </w:num>
   <w:num w:numId="29">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="32"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="SQsHWMgeK6ft+nwcz87lZuQD5jP8YUdQ6D3QFX2KNid2a3DZkgdfkL2zFVeXHam+T7Pw0QuNnfmZGdXdoMvmvg==" w:salt="KeyKInXvMLfFloC5aiTH9w=="/>
+  <w:documentProtection w:edit="comments" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="u92lMdqriVF2Sca95e9kRhmUHnrETRX7GfJtrOyxU9pOi9uxcwLXLM2F0W1bwtPsyWdt7x0/a8S3LbL3ei8HGg==" w:salt="A2kl1f/DBxTw/N/kUtRkgA=="/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A55127"/>
     <w:rsid w:val="00002A70"/>
     <w:rsid w:val="000038C7"/>
     <w:rsid w:val="000043B6"/>
+    <w:rsid w:val="000053E0"/>
     <w:rsid w:val="000057EA"/>
     <w:rsid w:val="00005F69"/>
     <w:rsid w:val="00006CAC"/>
     <w:rsid w:val="00006F70"/>
     <w:rsid w:val="000075F3"/>
+    <w:rsid w:val="000079B8"/>
     <w:rsid w:val="0001525D"/>
     <w:rsid w:val="0002227D"/>
     <w:rsid w:val="000248AC"/>
     <w:rsid w:val="00025AD5"/>
     <w:rsid w:val="00027776"/>
     <w:rsid w:val="0003041B"/>
     <w:rsid w:val="000320B4"/>
     <w:rsid w:val="00040728"/>
     <w:rsid w:val="00044E40"/>
+    <w:rsid w:val="000454F8"/>
     <w:rsid w:val="0004727D"/>
+    <w:rsid w:val="00050AB2"/>
     <w:rsid w:val="000570CF"/>
     <w:rsid w:val="00061B3E"/>
     <w:rsid w:val="00080310"/>
     <w:rsid w:val="00086202"/>
     <w:rsid w:val="00093AD5"/>
     <w:rsid w:val="00096A2B"/>
     <w:rsid w:val="000978D9"/>
     <w:rsid w:val="000A16B9"/>
     <w:rsid w:val="000A3998"/>
     <w:rsid w:val="000A39D8"/>
     <w:rsid w:val="000A706E"/>
     <w:rsid w:val="000B7859"/>
     <w:rsid w:val="000C4301"/>
     <w:rsid w:val="000D707A"/>
     <w:rsid w:val="000E1A3F"/>
+    <w:rsid w:val="000E75DC"/>
     <w:rsid w:val="00112BC5"/>
     <w:rsid w:val="0011414D"/>
     <w:rsid w:val="0012386D"/>
     <w:rsid w:val="00130E7F"/>
     <w:rsid w:val="00143F1E"/>
     <w:rsid w:val="00145D95"/>
     <w:rsid w:val="001512AE"/>
+    <w:rsid w:val="00151714"/>
     <w:rsid w:val="00160E63"/>
     <w:rsid w:val="0016129F"/>
     <w:rsid w:val="001629C4"/>
     <w:rsid w:val="001823DA"/>
     <w:rsid w:val="00185BC3"/>
     <w:rsid w:val="00187485"/>
     <w:rsid w:val="00192C43"/>
+    <w:rsid w:val="001930CE"/>
     <w:rsid w:val="001A062A"/>
     <w:rsid w:val="001A5084"/>
     <w:rsid w:val="001A6A76"/>
     <w:rsid w:val="001B0D27"/>
     <w:rsid w:val="001B355B"/>
     <w:rsid w:val="001B4491"/>
     <w:rsid w:val="001B7C55"/>
     <w:rsid w:val="001C48B4"/>
     <w:rsid w:val="001C77DF"/>
     <w:rsid w:val="001C784B"/>
     <w:rsid w:val="001D6D86"/>
     <w:rsid w:val="001E30B8"/>
     <w:rsid w:val="001F23C5"/>
     <w:rsid w:val="001F4E82"/>
     <w:rsid w:val="001F6799"/>
     <w:rsid w:val="00200524"/>
     <w:rsid w:val="00201A22"/>
     <w:rsid w:val="002058AE"/>
+    <w:rsid w:val="00214543"/>
     <w:rsid w:val="0022039E"/>
     <w:rsid w:val="00226C40"/>
     <w:rsid w:val="00233371"/>
     <w:rsid w:val="00234CBD"/>
     <w:rsid w:val="00243CC5"/>
     <w:rsid w:val="0024545C"/>
     <w:rsid w:val="00247058"/>
     <w:rsid w:val="002502C2"/>
     <w:rsid w:val="00253F62"/>
     <w:rsid w:val="0025556A"/>
     <w:rsid w:val="00257BDE"/>
     <w:rsid w:val="002602DA"/>
     <w:rsid w:val="00260C6C"/>
     <w:rsid w:val="0026321D"/>
     <w:rsid w:val="002633EE"/>
     <w:rsid w:val="00263B6A"/>
     <w:rsid w:val="00271959"/>
     <w:rsid w:val="0027632C"/>
     <w:rsid w:val="0028570D"/>
     <w:rsid w:val="00285C16"/>
     <w:rsid w:val="002929E2"/>
     <w:rsid w:val="0029494D"/>
     <w:rsid w:val="00295115"/>
     <w:rsid w:val="00297171"/>
     <w:rsid w:val="002A097E"/>
     <w:rsid w:val="002A38A0"/>
     <w:rsid w:val="002A3A32"/>
     <w:rsid w:val="002A5E5F"/>
     <w:rsid w:val="002B105A"/>
+    <w:rsid w:val="002B3255"/>
     <w:rsid w:val="002C0E5C"/>
     <w:rsid w:val="002C3E4D"/>
     <w:rsid w:val="002C6142"/>
     <w:rsid w:val="002D44FF"/>
     <w:rsid w:val="002E1603"/>
     <w:rsid w:val="002E1CD7"/>
     <w:rsid w:val="002E3C29"/>
     <w:rsid w:val="002E66E3"/>
     <w:rsid w:val="002F1AC0"/>
     <w:rsid w:val="002F1EF4"/>
     <w:rsid w:val="002F24E0"/>
     <w:rsid w:val="002F2B6C"/>
     <w:rsid w:val="002F395B"/>
     <w:rsid w:val="002F6F18"/>
     <w:rsid w:val="00303D63"/>
     <w:rsid w:val="00303E11"/>
     <w:rsid w:val="00312275"/>
     <w:rsid w:val="003138F4"/>
     <w:rsid w:val="0031484A"/>
     <w:rsid w:val="00315106"/>
     <w:rsid w:val="003175C4"/>
     <w:rsid w:val="003203CF"/>
     <w:rsid w:val="00321C2D"/>
     <w:rsid w:val="003243C0"/>
     <w:rsid w:val="00324BC1"/>
     <w:rsid w:val="00334740"/>
     <w:rsid w:val="00337828"/>
     <w:rsid w:val="0034022D"/>
     <w:rsid w:val="00342649"/>
     <w:rsid w:val="00350436"/>
     <w:rsid w:val="00350495"/>
     <w:rsid w:val="0035100E"/>
     <w:rsid w:val="00351C06"/>
     <w:rsid w:val="00353F5C"/>
     <w:rsid w:val="00354014"/>
     <w:rsid w:val="00355FC5"/>
     <w:rsid w:val="00365E00"/>
     <w:rsid w:val="00365EDE"/>
     <w:rsid w:val="00366114"/>
     <w:rsid w:val="003662D5"/>
     <w:rsid w:val="003735EA"/>
     <w:rsid w:val="00381196"/>
+    <w:rsid w:val="00382A81"/>
     <w:rsid w:val="00394FAD"/>
     <w:rsid w:val="00396AF2"/>
     <w:rsid w:val="003A1983"/>
     <w:rsid w:val="003A2D10"/>
     <w:rsid w:val="003A439E"/>
     <w:rsid w:val="003A5468"/>
     <w:rsid w:val="003A6BE0"/>
     <w:rsid w:val="003D2F6F"/>
     <w:rsid w:val="003D5779"/>
     <w:rsid w:val="003D6459"/>
     <w:rsid w:val="003D7D60"/>
     <w:rsid w:val="003E5966"/>
     <w:rsid w:val="00400008"/>
     <w:rsid w:val="00405688"/>
     <w:rsid w:val="00415AA4"/>
     <w:rsid w:val="00415DBF"/>
     <w:rsid w:val="00416A74"/>
     <w:rsid w:val="00426204"/>
+    <w:rsid w:val="004272D2"/>
     <w:rsid w:val="00427A3A"/>
     <w:rsid w:val="004320C4"/>
     <w:rsid w:val="0043221D"/>
     <w:rsid w:val="00433FCD"/>
     <w:rsid w:val="00434E63"/>
     <w:rsid w:val="00443E35"/>
     <w:rsid w:val="00447ADA"/>
     <w:rsid w:val="0045319B"/>
     <w:rsid w:val="004533C9"/>
     <w:rsid w:val="00454409"/>
     <w:rsid w:val="00455E55"/>
     <w:rsid w:val="00457104"/>
     <w:rsid w:val="00460FB2"/>
     <w:rsid w:val="004645AD"/>
     <w:rsid w:val="00465654"/>
     <w:rsid w:val="00465F39"/>
     <w:rsid w:val="0047239A"/>
     <w:rsid w:val="00481D57"/>
     <w:rsid w:val="00497BC8"/>
     <w:rsid w:val="004A287C"/>
+    <w:rsid w:val="004A4176"/>
+    <w:rsid w:val="004A47C4"/>
     <w:rsid w:val="004A7A8D"/>
     <w:rsid w:val="004B02E3"/>
     <w:rsid w:val="004B1234"/>
     <w:rsid w:val="004C1011"/>
     <w:rsid w:val="004C1596"/>
     <w:rsid w:val="004C3A1A"/>
     <w:rsid w:val="004D2F99"/>
     <w:rsid w:val="004D39AC"/>
     <w:rsid w:val="004E5781"/>
     <w:rsid w:val="004E6FAB"/>
+    <w:rsid w:val="004F5E72"/>
     <w:rsid w:val="0050007F"/>
     <w:rsid w:val="0050650C"/>
     <w:rsid w:val="0050680A"/>
     <w:rsid w:val="005079C7"/>
     <w:rsid w:val="00510910"/>
     <w:rsid w:val="00515471"/>
     <w:rsid w:val="005254B1"/>
     <w:rsid w:val="00534C6E"/>
     <w:rsid w:val="00537ABF"/>
     <w:rsid w:val="00540570"/>
     <w:rsid w:val="00543143"/>
     <w:rsid w:val="00546ED2"/>
     <w:rsid w:val="00546F0C"/>
     <w:rsid w:val="0055350C"/>
     <w:rsid w:val="00556748"/>
     <w:rsid w:val="00560D06"/>
     <w:rsid w:val="00563501"/>
     <w:rsid w:val="00566BD9"/>
     <w:rsid w:val="005749E7"/>
     <w:rsid w:val="005779D1"/>
     <w:rsid w:val="00580CC2"/>
     <w:rsid w:val="0058456A"/>
     <w:rsid w:val="005915AF"/>
     <w:rsid w:val="005A0EA5"/>
     <w:rsid w:val="005B4D18"/>
     <w:rsid w:val="005B5CD9"/>
     <w:rsid w:val="005B68BC"/>
     <w:rsid w:val="005D19B0"/>
     <w:rsid w:val="005D2D90"/>
     <w:rsid w:val="005D564C"/>
     <w:rsid w:val="005E27AA"/>
     <w:rsid w:val="005E3B7C"/>
     <w:rsid w:val="005E7433"/>
     <w:rsid w:val="005F4596"/>
     <w:rsid w:val="00601208"/>
     <w:rsid w:val="0060720D"/>
     <w:rsid w:val="00615857"/>
     <w:rsid w:val="00615EF9"/>
     <w:rsid w:val="0062484C"/>
     <w:rsid w:val="0062582F"/>
     <w:rsid w:val="00633C62"/>
     <w:rsid w:val="006353AF"/>
     <w:rsid w:val="006431E7"/>
     <w:rsid w:val="006454B6"/>
+    <w:rsid w:val="0065287B"/>
     <w:rsid w:val="00652C9C"/>
     <w:rsid w:val="0065306E"/>
     <w:rsid w:val="00657165"/>
     <w:rsid w:val="00657CA4"/>
     <w:rsid w:val="00657FBC"/>
     <w:rsid w:val="006630DC"/>
     <w:rsid w:val="00665243"/>
     <w:rsid w:val="006659D0"/>
     <w:rsid w:val="0068329F"/>
     <w:rsid w:val="006857BC"/>
     <w:rsid w:val="00686170"/>
     <w:rsid w:val="00691DE5"/>
     <w:rsid w:val="00693542"/>
     <w:rsid w:val="00693711"/>
     <w:rsid w:val="00694682"/>
     <w:rsid w:val="00694BA2"/>
     <w:rsid w:val="00697998"/>
     <w:rsid w:val="00697A09"/>
     <w:rsid w:val="006B11D3"/>
     <w:rsid w:val="006B2893"/>
     <w:rsid w:val="006B57B7"/>
     <w:rsid w:val="006C1AF9"/>
     <w:rsid w:val="006C46B0"/>
     <w:rsid w:val="006C4E87"/>
     <w:rsid w:val="006C7B19"/>
     <w:rsid w:val="006D24CF"/>
     <w:rsid w:val="006D2804"/>
     <w:rsid w:val="006D2E51"/>
+    <w:rsid w:val="006D547C"/>
     <w:rsid w:val="006D6AFB"/>
     <w:rsid w:val="006E6BE9"/>
     <w:rsid w:val="006E7A23"/>
     <w:rsid w:val="006F0337"/>
     <w:rsid w:val="006F0B54"/>
     <w:rsid w:val="006F4997"/>
+    <w:rsid w:val="006F7C8B"/>
     <w:rsid w:val="00703263"/>
     <w:rsid w:val="00707AD7"/>
     <w:rsid w:val="0071116E"/>
     <w:rsid w:val="00713BB2"/>
     <w:rsid w:val="00714CDB"/>
+    <w:rsid w:val="007159C1"/>
     <w:rsid w:val="0071681F"/>
     <w:rsid w:val="00721352"/>
     <w:rsid w:val="007316BF"/>
     <w:rsid w:val="0073416F"/>
     <w:rsid w:val="007348B2"/>
     <w:rsid w:val="007373CC"/>
     <w:rsid w:val="007408DD"/>
     <w:rsid w:val="00743028"/>
     <w:rsid w:val="00744006"/>
     <w:rsid w:val="00747D52"/>
     <w:rsid w:val="00750916"/>
     <w:rsid w:val="00754D24"/>
     <w:rsid w:val="007704A5"/>
     <w:rsid w:val="00771575"/>
+    <w:rsid w:val="0077173E"/>
     <w:rsid w:val="007717A6"/>
     <w:rsid w:val="00776768"/>
     <w:rsid w:val="00784EE6"/>
     <w:rsid w:val="00791E4B"/>
     <w:rsid w:val="007B2154"/>
     <w:rsid w:val="007B460F"/>
     <w:rsid w:val="007C0729"/>
     <w:rsid w:val="007C19E8"/>
+    <w:rsid w:val="007C66F3"/>
     <w:rsid w:val="007D1B39"/>
     <w:rsid w:val="007D2A18"/>
     <w:rsid w:val="007D62BE"/>
     <w:rsid w:val="007F078E"/>
     <w:rsid w:val="007F39C1"/>
     <w:rsid w:val="007F5F12"/>
     <w:rsid w:val="008132EC"/>
     <w:rsid w:val="008178E0"/>
     <w:rsid w:val="008215BE"/>
     <w:rsid w:val="00822A46"/>
     <w:rsid w:val="008243E9"/>
     <w:rsid w:val="00824B0B"/>
     <w:rsid w:val="00830D39"/>
     <w:rsid w:val="00840B1A"/>
+    <w:rsid w:val="008439B9"/>
     <w:rsid w:val="008457DF"/>
     <w:rsid w:val="00856200"/>
     <w:rsid w:val="00862286"/>
     <w:rsid w:val="0086720A"/>
+    <w:rsid w:val="008673C0"/>
     <w:rsid w:val="00867FFE"/>
     <w:rsid w:val="0087363E"/>
     <w:rsid w:val="0087382D"/>
     <w:rsid w:val="00873CDE"/>
     <w:rsid w:val="00876854"/>
     <w:rsid w:val="00890E17"/>
     <w:rsid w:val="00892049"/>
     <w:rsid w:val="00893A53"/>
+    <w:rsid w:val="008A02DF"/>
     <w:rsid w:val="008A453D"/>
     <w:rsid w:val="008B19DB"/>
     <w:rsid w:val="008B5D0D"/>
     <w:rsid w:val="008C06FA"/>
     <w:rsid w:val="008C2F27"/>
     <w:rsid w:val="008C4131"/>
     <w:rsid w:val="008C76E3"/>
     <w:rsid w:val="008D19A4"/>
     <w:rsid w:val="008E2DD4"/>
     <w:rsid w:val="008E3308"/>
     <w:rsid w:val="008E396E"/>
     <w:rsid w:val="008E569F"/>
     <w:rsid w:val="008E5D18"/>
     <w:rsid w:val="008F6342"/>
     <w:rsid w:val="00900BB7"/>
     <w:rsid w:val="009052FB"/>
     <w:rsid w:val="00907A93"/>
     <w:rsid w:val="0091241D"/>
     <w:rsid w:val="009125D0"/>
     <w:rsid w:val="00912DDC"/>
     <w:rsid w:val="00915B59"/>
+    <w:rsid w:val="00920AB7"/>
     <w:rsid w:val="009210F9"/>
     <w:rsid w:val="00926DA0"/>
     <w:rsid w:val="00930697"/>
     <w:rsid w:val="009346A6"/>
     <w:rsid w:val="009360FF"/>
     <w:rsid w:val="0094289E"/>
     <w:rsid w:val="00942C36"/>
     <w:rsid w:val="00944707"/>
     <w:rsid w:val="00945B5E"/>
     <w:rsid w:val="00946FCC"/>
     <w:rsid w:val="009471BA"/>
     <w:rsid w:val="00947367"/>
     <w:rsid w:val="009474E2"/>
     <w:rsid w:val="00951500"/>
     <w:rsid w:val="009622AD"/>
     <w:rsid w:val="00965321"/>
     <w:rsid w:val="0096592B"/>
     <w:rsid w:val="00965A4D"/>
     <w:rsid w:val="00967E21"/>
     <w:rsid w:val="009710F5"/>
     <w:rsid w:val="00972F9A"/>
     <w:rsid w:val="00977109"/>
     <w:rsid w:val="009852EB"/>
     <w:rsid w:val="009903F0"/>
     <w:rsid w:val="009939D0"/>
@@ -17572,230 +17449,249 @@
     <w:rsid w:val="00A06889"/>
     <w:rsid w:val="00A21A8A"/>
     <w:rsid w:val="00A25143"/>
     <w:rsid w:val="00A27AE9"/>
     <w:rsid w:val="00A342E3"/>
     <w:rsid w:val="00A41BAC"/>
     <w:rsid w:val="00A433A9"/>
     <w:rsid w:val="00A446C0"/>
     <w:rsid w:val="00A44A4A"/>
     <w:rsid w:val="00A55127"/>
     <w:rsid w:val="00A57122"/>
     <w:rsid w:val="00A628CA"/>
     <w:rsid w:val="00A631F1"/>
     <w:rsid w:val="00A67305"/>
     <w:rsid w:val="00A714B3"/>
     <w:rsid w:val="00A71AE6"/>
     <w:rsid w:val="00A735C5"/>
     <w:rsid w:val="00A757A9"/>
     <w:rsid w:val="00A75B89"/>
     <w:rsid w:val="00A81587"/>
     <w:rsid w:val="00A84D2D"/>
     <w:rsid w:val="00A93491"/>
     <w:rsid w:val="00A977DF"/>
     <w:rsid w:val="00A978EA"/>
     <w:rsid w:val="00AA274A"/>
+    <w:rsid w:val="00AA508E"/>
     <w:rsid w:val="00AB0740"/>
     <w:rsid w:val="00AB30E7"/>
     <w:rsid w:val="00AB3420"/>
     <w:rsid w:val="00AB6F94"/>
     <w:rsid w:val="00AB7A5B"/>
     <w:rsid w:val="00AB7D5B"/>
     <w:rsid w:val="00AC319A"/>
     <w:rsid w:val="00AC4323"/>
     <w:rsid w:val="00AD3011"/>
     <w:rsid w:val="00AD6112"/>
     <w:rsid w:val="00AD64AB"/>
     <w:rsid w:val="00AD7D8F"/>
     <w:rsid w:val="00AE26D8"/>
     <w:rsid w:val="00AE47D3"/>
     <w:rsid w:val="00AE7D22"/>
     <w:rsid w:val="00AF2000"/>
     <w:rsid w:val="00AF540D"/>
     <w:rsid w:val="00AF6CFD"/>
+    <w:rsid w:val="00B00CC1"/>
     <w:rsid w:val="00B0183A"/>
     <w:rsid w:val="00B05B28"/>
     <w:rsid w:val="00B0746E"/>
     <w:rsid w:val="00B15558"/>
     <w:rsid w:val="00B161BB"/>
     <w:rsid w:val="00B1644F"/>
     <w:rsid w:val="00B16C24"/>
     <w:rsid w:val="00B17B8C"/>
     <w:rsid w:val="00B21111"/>
     <w:rsid w:val="00B21A5F"/>
     <w:rsid w:val="00B2230C"/>
     <w:rsid w:val="00B24042"/>
     <w:rsid w:val="00B26102"/>
     <w:rsid w:val="00B32609"/>
     <w:rsid w:val="00B33F4C"/>
+    <w:rsid w:val="00B35C8A"/>
     <w:rsid w:val="00B558C9"/>
     <w:rsid w:val="00B5628A"/>
     <w:rsid w:val="00B579F5"/>
+    <w:rsid w:val="00B61EF4"/>
     <w:rsid w:val="00B65A32"/>
     <w:rsid w:val="00B74AE7"/>
     <w:rsid w:val="00B83E5C"/>
     <w:rsid w:val="00B83EC7"/>
     <w:rsid w:val="00B857E7"/>
+    <w:rsid w:val="00B91DBB"/>
     <w:rsid w:val="00B92553"/>
     <w:rsid w:val="00B9257A"/>
     <w:rsid w:val="00B92B4C"/>
     <w:rsid w:val="00B9676A"/>
     <w:rsid w:val="00BA01A2"/>
     <w:rsid w:val="00BA0CAC"/>
     <w:rsid w:val="00BA43B4"/>
     <w:rsid w:val="00BA6D5C"/>
     <w:rsid w:val="00BB3F30"/>
     <w:rsid w:val="00BB49E3"/>
     <w:rsid w:val="00BB62E6"/>
     <w:rsid w:val="00BB686D"/>
     <w:rsid w:val="00BC0359"/>
     <w:rsid w:val="00BC0752"/>
     <w:rsid w:val="00BC2421"/>
     <w:rsid w:val="00BC4259"/>
     <w:rsid w:val="00BC4946"/>
     <w:rsid w:val="00BC571E"/>
     <w:rsid w:val="00BC653B"/>
     <w:rsid w:val="00BC6673"/>
     <w:rsid w:val="00BD3A10"/>
     <w:rsid w:val="00BD4D4D"/>
     <w:rsid w:val="00BE1687"/>
     <w:rsid w:val="00BE2BD0"/>
     <w:rsid w:val="00BE30B6"/>
     <w:rsid w:val="00BE3D84"/>
     <w:rsid w:val="00BE5CAE"/>
     <w:rsid w:val="00BE6CA5"/>
+    <w:rsid w:val="00BE7F98"/>
     <w:rsid w:val="00BF0312"/>
     <w:rsid w:val="00BF445D"/>
     <w:rsid w:val="00C04EAE"/>
     <w:rsid w:val="00C13758"/>
     <w:rsid w:val="00C16127"/>
     <w:rsid w:val="00C262F2"/>
     <w:rsid w:val="00C303FA"/>
     <w:rsid w:val="00C30FD6"/>
     <w:rsid w:val="00C33EFB"/>
     <w:rsid w:val="00C34F83"/>
     <w:rsid w:val="00C36107"/>
     <w:rsid w:val="00C47DDB"/>
     <w:rsid w:val="00C52C78"/>
     <w:rsid w:val="00C6673E"/>
+    <w:rsid w:val="00C72E6B"/>
     <w:rsid w:val="00C73756"/>
     <w:rsid w:val="00C74F31"/>
     <w:rsid w:val="00C74FAE"/>
     <w:rsid w:val="00C90EA6"/>
     <w:rsid w:val="00C959C6"/>
     <w:rsid w:val="00C97030"/>
     <w:rsid w:val="00CA2211"/>
     <w:rsid w:val="00CB1F33"/>
     <w:rsid w:val="00CB2185"/>
     <w:rsid w:val="00CB33C5"/>
     <w:rsid w:val="00CC3729"/>
     <w:rsid w:val="00CC3DC6"/>
     <w:rsid w:val="00CC7A6D"/>
     <w:rsid w:val="00CD7967"/>
     <w:rsid w:val="00CE133A"/>
+    <w:rsid w:val="00CE57F0"/>
     <w:rsid w:val="00CF339A"/>
     <w:rsid w:val="00D0168E"/>
     <w:rsid w:val="00D02F4B"/>
     <w:rsid w:val="00D03804"/>
     <w:rsid w:val="00D039EC"/>
+    <w:rsid w:val="00D15CB7"/>
     <w:rsid w:val="00D36AB0"/>
     <w:rsid w:val="00D432DA"/>
     <w:rsid w:val="00D45E39"/>
     <w:rsid w:val="00D56464"/>
     <w:rsid w:val="00D60053"/>
     <w:rsid w:val="00D664E9"/>
+    <w:rsid w:val="00D66BB0"/>
     <w:rsid w:val="00D70863"/>
     <w:rsid w:val="00D71A31"/>
     <w:rsid w:val="00D71B14"/>
     <w:rsid w:val="00D74DFE"/>
     <w:rsid w:val="00D90D10"/>
     <w:rsid w:val="00DA2F2C"/>
     <w:rsid w:val="00DC0B93"/>
     <w:rsid w:val="00DC54A5"/>
     <w:rsid w:val="00DC623E"/>
     <w:rsid w:val="00DC788A"/>
     <w:rsid w:val="00DC7DAF"/>
     <w:rsid w:val="00DD18DF"/>
     <w:rsid w:val="00DE0F99"/>
     <w:rsid w:val="00DE3650"/>
     <w:rsid w:val="00DE6D5A"/>
     <w:rsid w:val="00DF1450"/>
     <w:rsid w:val="00E06074"/>
     <w:rsid w:val="00E069B2"/>
     <w:rsid w:val="00E13D9F"/>
     <w:rsid w:val="00E259EF"/>
     <w:rsid w:val="00E3430A"/>
     <w:rsid w:val="00E34A9D"/>
     <w:rsid w:val="00E3544D"/>
     <w:rsid w:val="00E60A5B"/>
     <w:rsid w:val="00E61B31"/>
+    <w:rsid w:val="00E630F9"/>
+    <w:rsid w:val="00E635F0"/>
     <w:rsid w:val="00E66871"/>
     <w:rsid w:val="00E7550B"/>
     <w:rsid w:val="00E76606"/>
     <w:rsid w:val="00E81B70"/>
     <w:rsid w:val="00E81BDA"/>
     <w:rsid w:val="00E962DC"/>
     <w:rsid w:val="00E97B48"/>
     <w:rsid w:val="00EB47B0"/>
     <w:rsid w:val="00EB4F80"/>
     <w:rsid w:val="00EC0FDC"/>
+    <w:rsid w:val="00EC12B8"/>
     <w:rsid w:val="00EC1A29"/>
     <w:rsid w:val="00EC1F86"/>
     <w:rsid w:val="00EC3F65"/>
+    <w:rsid w:val="00EC4933"/>
     <w:rsid w:val="00EC6D1E"/>
     <w:rsid w:val="00EC6F7D"/>
     <w:rsid w:val="00EC774F"/>
     <w:rsid w:val="00EE2811"/>
+    <w:rsid w:val="00EE6CE0"/>
     <w:rsid w:val="00EF05EB"/>
     <w:rsid w:val="00EF27AB"/>
     <w:rsid w:val="00EF6420"/>
     <w:rsid w:val="00F07776"/>
     <w:rsid w:val="00F07807"/>
     <w:rsid w:val="00F11B64"/>
     <w:rsid w:val="00F123A5"/>
     <w:rsid w:val="00F13C35"/>
     <w:rsid w:val="00F23E1F"/>
     <w:rsid w:val="00F278EB"/>
+    <w:rsid w:val="00F41148"/>
     <w:rsid w:val="00F46E82"/>
     <w:rsid w:val="00F47BB6"/>
     <w:rsid w:val="00F53AE0"/>
     <w:rsid w:val="00F5560A"/>
     <w:rsid w:val="00F55C35"/>
     <w:rsid w:val="00F755AC"/>
+    <w:rsid w:val="00F81015"/>
     <w:rsid w:val="00F82560"/>
     <w:rsid w:val="00F830CB"/>
     <w:rsid w:val="00F8439E"/>
     <w:rsid w:val="00F846BD"/>
+    <w:rsid w:val="00F9080A"/>
     <w:rsid w:val="00F93664"/>
     <w:rsid w:val="00FA5478"/>
     <w:rsid w:val="00FA6535"/>
     <w:rsid w:val="00FB0B58"/>
     <w:rsid w:val="00FB0C9D"/>
     <w:rsid w:val="00FB4A14"/>
     <w:rsid w:val="00FB4BB0"/>
     <w:rsid w:val="00FD2E2B"/>
     <w:rsid w:val="00FD7089"/>
+    <w:rsid w:val="00FE319B"/>
     <w:rsid w:val="00FF0E2B"/>
     <w:rsid w:val="00FF238B"/>
     <w:rsid w:val="00FF281D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -18173,51 +18069,51 @@
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a0">
     <w:name w:val="Normal"/>
     <w:aliases w:val="النص العادي"/>
     <w:qFormat/>
-    <w:rsid w:val="00F07807"/>
+    <w:rsid w:val="000E75DC"/>
     <w:pPr>
       <w:bidi/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cairo" w:hAnsi="Cairo" w:cs="Cairo"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a0"/>
     <w:next w:val="a0"/>
     <w:link w:val="1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00977109"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
@@ -19437,676 +19333,175 @@
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="cid:59b63791-2dc8-40aa-a4e2-b8fb1454ef60@saso.gov.sa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@saso.gov.sa" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@saso.gov.sa" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saso.gov.sa" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0563E91E81544AD4A832834B97F423CD"/>
+        <w:name w:val="E08AF7138DD14CA590BEA17A9C8AC287"/>
         <w:category>
           <w:name w:val="عام"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{24E3397B-E866-47A7-9A90-F14F06BD0368}"/>
+        <w:guid w:val="{99B49C18-1334-40E0-96E3-F9A1C1F7F6D7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00221690" w:rsidRDefault="00221690" w:rsidP="00221690">
+        <w:p w:rsidR="004C5B81" w:rsidRDefault="00801D21" w:rsidP="00801D21">
           <w:pPr>
-            <w:pStyle w:val="0563E91E81544AD4A832834B97F423CD"/>
+            <w:pStyle w:val="E08AF7138DD14CA590BEA17A9C8AC287"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00FD28AC">
+            <w:rPr>
+              <w:rStyle w:val="a3"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>انقر أو اضغط هنا لإدخال نص</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00FD28AC">
+            <w:rPr>
+              <w:rStyle w:val="a3"/>
+            </w:rPr>
+            <w:t>.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="EF02D47A96A348A79F3EA8DD8C31AA4B"/>
+        <w:category>
+          <w:name w:val="عام"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{2BB9AFFB-7A06-4941-8D72-D3160FB55760}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004C5B81" w:rsidRDefault="00801D21" w:rsidP="00801D21">
+          <w:pPr>
+            <w:pStyle w:val="EF02D47A96A348A79F3EA8DD8C31AA4B"/>
           </w:pPr>
           <w:r w:rsidRPr="0045348A">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rtl/>
             </w:rPr>
             <w:t>انقر أو اضغط لإدخال تاريخ</w:t>
           </w:r>
           <w:r w:rsidRPr="0045348A">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="80D62AE57C7F4F02AE69ACF95AFAFE4F"/>
+        <w:name w:val="FBC091747BE540C8AC15229A4F028733"/>
         <w:category>
           <w:name w:val="عام"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{2727000F-BA43-4B10-9847-E88A4EEFEA2A}"/>
+        <w:guid w:val="{5F8B8E7B-9733-4DBA-884F-75309E83F092}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00221690" w:rsidRDefault="00221690" w:rsidP="00221690">
+        <w:p w:rsidR="004C5B81" w:rsidRDefault="00801D21" w:rsidP="00801D21">
           <w:pPr>
-            <w:pStyle w:val="80D62AE57C7F4F02AE69ACF95AFAFE4F"/>
+            <w:pStyle w:val="FBC091747BE540C8AC15229A4F028733"/>
           </w:pPr>
           <w:r w:rsidRPr="0045348A">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rtl/>
             </w:rPr>
             <w:t>انقر أو اضغط لإدخال تاريخ</w:t>
           </w:r>
           <w:r w:rsidRPr="0045348A">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_-1854013440"/>
+        <w:name w:val="7CC76C61F53147AAA41248D7A6E0765E"/>
         <w:category>
           <w:name w:val="عام"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{229E1FEB-50C3-42C8-8190-3767FDED6C65}"/>
+        <w:guid w:val="{FBE844FF-8F61-4052-A03E-69205E6E2290}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00246C76" w:rsidRDefault="00306D5A">
-[...32 lines deleted...]
-        <w:p w:rsidR="00246C76" w:rsidRDefault="00306D5A" w:rsidP="00306D5A">
+        <w:p w:rsidR="004C5B81" w:rsidRDefault="00801D21" w:rsidP="00801D21">
           <w:pPr>
-            <w:pStyle w:val="65F16537018E493C81C4F44D7E5D1809"/>
-[...503 lines deleted...]
-            <w:pStyle w:val="25BE3275E095495B9E2B0E59691882E5"/>
+            <w:pStyle w:val="7CC76C61F53147AAA41248D7A6E0765E"/>
           </w:pPr>
           <w:r w:rsidRPr="0045348A">
             <w:rPr>
               <w:rStyle w:val="a3"/>
               <w:rtl/>
             </w:rPr>
             <w:t>انقر أو اضغط لإدخال تاريخ</w:t>
           </w:r>
           <w:r w:rsidRPr="0045348A">
             <w:rPr>
               <w:rStyle w:val="a3"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -20183,60 +19578,75 @@
     <w:altName w:val="等线"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00221690"/>
+    <w:rsid w:val="00035820"/>
     <w:rsid w:val="000C797E"/>
     <w:rsid w:val="00221690"/>
     <w:rsid w:val="00246C76"/>
     <w:rsid w:val="00306D5A"/>
     <w:rsid w:val="003C3158"/>
     <w:rsid w:val="003F2A86"/>
+    <w:rsid w:val="004809AF"/>
+    <w:rsid w:val="004C5B81"/>
+    <w:rsid w:val="004D5001"/>
+    <w:rsid w:val="004E429C"/>
+    <w:rsid w:val="005E2D18"/>
     <w:rsid w:val="006946F3"/>
+    <w:rsid w:val="00757ED0"/>
+    <w:rsid w:val="007C7A76"/>
+    <w:rsid w:val="00801D21"/>
+    <w:rsid w:val="00980D9C"/>
+    <w:rsid w:val="0099453F"/>
+    <w:rsid w:val="00A76F29"/>
     <w:rsid w:val="00AE23F3"/>
     <w:rsid w:val="00B2770D"/>
+    <w:rsid w:val="00CD084B"/>
     <w:rsid w:val="00D02B30"/>
+    <w:rsid w:val="00D924AD"/>
+    <w:rsid w:val="00EA006D"/>
     <w:rsid w:val="00EA4F93"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
@@ -20642,51 +20052,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00306D5A"/>
+    <w:rsid w:val="00801D21"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3C2B6F5B4DAC4693906E7A13A1E45FE5">
     <w:name w:val="3C2B6F5B4DAC4693906E7A13A1E45FE5"/>
     <w:rsid w:val="00221690"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A90E156842774479AC827118A7207F3D">
     <w:name w:val="A90E156842774479AC827118A7207F3D"/>
     <w:rsid w:val="00221690"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="592F1817F29D4AF3BB1792687CFDEECF">
     <w:name w:val="592F1817F29D4AF3BB1792687CFDEECF"/>
     <w:rsid w:val="00221690"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9CF07D6FF175488CB6FB9BFFDD78F174">
     <w:name w:val="9CF07D6FF175488CB6FB9BFFDD78F174"/>
     <w:rsid w:val="00221690"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AB535D77F6FA4CF2AF2AB4793D73F9B8">
     <w:name w:val="AB535D77F6FA4CF2AF2AB4793D73F9B8"/>
     <w:rsid w:val="00221690"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0563E91E81544AD4A832834B97F423CD">
@@ -20738,50 +20148,238 @@
     <w:rsid w:val="00306D5A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="797F7C1F35164A3DA294EB1B8C287F3B">
     <w:name w:val="797F7C1F35164A3DA294EB1B8C287F3B"/>
     <w:rsid w:val="00306D5A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A659D0A69274B5EBCF8F5ABFFFC31F5">
     <w:name w:val="3A659D0A69274B5EBCF8F5ABFFFC31F5"/>
     <w:rsid w:val="00306D5A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2837552E78F424D8F65EB522C1420B6">
     <w:name w:val="F2837552E78F424D8F65EB522C1420B6"/>
     <w:rsid w:val="00306D5A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3B0349E6EC6145048CDB8EC378FBB1A5">
     <w:name w:val="3B0349E6EC6145048CDB8EC378FBB1A5"/>
     <w:rsid w:val="00306D5A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="A11462C5B77D4B1789B2D1226466BCB0">
     <w:name w:val="A11462C5B77D4B1789B2D1226466BCB0"/>
     <w:rsid w:val="00306D5A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="25BE3275E095495B9E2B0E59691882E5">
     <w:name w:val="25BE3275E095495B9E2B0E59691882E5"/>
     <w:rsid w:val="00306D5A"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0D35E2EE3134D00AA0E2CB5676BAF93">
+    <w:name w:val="D0D35E2EE3134D00AA0E2CB5676BAF93"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4D99F84EE2CC4AF0BBCD683F03E43111">
+    <w:name w:val="4D99F84EE2CC4AF0BBCD683F03E43111"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="653271C35AB54ABF937795309E688FC3">
+    <w:name w:val="653271C35AB54ABF937795309E688FC3"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F41C57ECD03143AAAE18152F4F325BC2">
+    <w:name w:val="F41C57ECD03143AAAE18152F4F325BC2"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D108C06F5E664A2D867AE0DD5C358A16">
+    <w:name w:val="D108C06F5E664A2D867AE0DD5C358A16"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B87A708279BB408093EC4A44647A2902">
+    <w:name w:val="B87A708279BB408093EC4A44647A2902"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF5BA7E93A54452D9D04E199C5A5753E">
+    <w:name w:val="FF5BA7E93A54452D9D04E199C5A5753E"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADBEE5CDE39341189B4573D868C49CFE">
+    <w:name w:val="ADBEE5CDE39341189B4573D868C49CFE"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B6C475F28D2241DAA219B9A92CDFB86B">
+    <w:name w:val="B6C475F28D2241DAA219B9A92CDFB86B"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DA4100D847541D1AE253CAD72940CCD">
+    <w:name w:val="2DA4100D847541D1AE253CAD72940CCD"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3EBB5CA52D2D42B2B60D81DCF54E3C2B">
+    <w:name w:val="3EBB5CA52D2D42B2B60D81DCF54E3C2B"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9A00CD6C7B7B4CF1A405910F9C3A3470">
+    <w:name w:val="9A00CD6C7B7B4CF1A405910F9C3A3470"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1105E83E6BE845A4B41592E9267C7277">
+    <w:name w:val="1105E83E6BE845A4B41592E9267C7277"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="197BBFCAB4CA4CE2957DC54D6A9C57CB">
+    <w:name w:val="197BBFCAB4CA4CE2957DC54D6A9C57CB"/>
+    <w:rsid w:val="00CD084B"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D281E460CFCD4F689C6D95B7D4DC4403">
+    <w:name w:val="D281E460CFCD4F689C6D95B7D4DC4403"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CC4C3FC9E81C490B9016258B94D6B970">
+    <w:name w:val="CC4C3FC9E81C490B9016258B94D6B970"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AE8A6D2BC53745B4AF9DF9213B62FBDF">
+    <w:name w:val="AE8A6D2BC53745B4AF9DF9213B62FBDF"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="79462E71F1744B498D2F8FF502F80589">
+    <w:name w:val="79462E71F1744B498D2F8FF502F80589"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0446B03F5BFC4F9884290EFBEFB2C331">
+    <w:name w:val="0446B03F5BFC4F9884290EFBEFB2C331"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="46695CC8E9AF402DA0013D4CC7BD2D27">
+    <w:name w:val="46695CC8E9AF402DA0013D4CC7BD2D27"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49DA0B38BFB646A3A1CEA66C6F3DA535">
+    <w:name w:val="49DA0B38BFB646A3A1CEA66C6F3DA535"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A3BF8AA693A64A6ABD4C80559394A98B">
+    <w:name w:val="A3BF8AA693A64A6ABD4C80559394A98B"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A17584A540649F39E34648E264B97AD">
+    <w:name w:val="6A17584A540649F39E34648E264B97AD"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07ABA89E8E69485A820F1B63A8EFCE81">
+    <w:name w:val="07ABA89E8E69485A820F1B63A8EFCE81"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EFD9839EADEF4338A8B0623DD5551AF5">
+    <w:name w:val="EFD9839EADEF4338A8B0623DD5551AF5"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="223A60B37E5F4CEE89543CE86CC1D229">
+    <w:name w:val="223A60B37E5F4CEE89543CE86CC1D229"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8CB85EDA005647A2B51A69363B862A9A">
+    <w:name w:val="8CB85EDA005647A2B51A69363B862A9A"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="333AADDC19CB464583FB9AA734C80A2C">
+    <w:name w:val="333AADDC19CB464583FB9AA734C80A2C"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3BC09DAC7376458987BEA5A288902DC5">
+    <w:name w:val="3BC09DAC7376458987BEA5A288902DC5"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D43147C5018246018F1626CD01677044">
+    <w:name w:val="D43147C5018246018F1626CD01677044"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D3929C792A164060868DA00C11A54100">
+    <w:name w:val="D3929C792A164060868DA00C11A54100"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C01B4D3F307243F4B03E558ABD11EDE3">
+    <w:name w:val="C01B4D3F307243F4B03E558ABD11EDE3"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E400BC251297496B8596AB92E7313D70">
+    <w:name w:val="E400BC251297496B8596AB92E7313D70"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD45922E0C8F499DA0EE34AE3E65C760">
+    <w:name w:val="AD45922E0C8F499DA0EE34AE3E65C760"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D22A290FEBD14DCFB2CE2A095AE25D1C">
+    <w:name w:val="D22A290FEBD14DCFB2CE2A095AE25D1C"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E08AF7138DD14CA590BEA17A9C8AC287">
+    <w:name w:val="E08AF7138DD14CA590BEA17A9C8AC287"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6BA97E8600C34703850432E597EA3EAE">
+    <w:name w:val="6BA97E8600C34703850432E597EA3EAE"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9ACE49AC42F74BECB688FA492200EED5">
+    <w:name w:val="9ACE49AC42F74BECB688FA492200EED5"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="631D9AA4C09F4117BB9766BD6FFFFA6B">
+    <w:name w:val="631D9AA4C09F4117BB9766BD6FFFFA6B"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0EAE79CD3777468ABF357AD3339B8D15">
+    <w:name w:val="0EAE79CD3777468ABF357AD3339B8D15"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF02D47A96A348A79F3EA8DD8C31AA4B">
+    <w:name w:val="EF02D47A96A348A79F3EA8DD8C31AA4B"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5D44A41272174364821417EB415C7B69">
+    <w:name w:val="5D44A41272174364821417EB415C7B69"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FAB6A1F30D45482B91AA9222454EEF37">
+    <w:name w:val="FAB6A1F30D45482B91AA9222454EEF37"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6E09D3AF576846FD9649018AAC7E0EC4">
+    <w:name w:val="6E09D3AF576846FD9649018AAC7E0EC4"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1B22673A88024787A29C8ED5EAAEC30D">
+    <w:name w:val="1B22673A88024787A29C8ED5EAAEC30D"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FBC091747BE540C8AC15229A4F028733">
+    <w:name w:val="FBC091747BE540C8AC15229A4F028733"/>
+    <w:rsid w:val="00801D21"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CC76C61F53147AAA41248D7A6E0765E">
+    <w:name w:val="7CC76C61F53147AAA41248D7A6E0765E"/>
+    <w:rsid w:val="00801D21"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
@@ -21042,67 +20640,50 @@
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress>إدارة الجودة وضبط العمليات</CompanyAddress>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="مستند" ma:contentTypeID="0x010100260ED81E2F00C3428724B8608D442E9B" ma:contentTypeVersion="1" ma:contentTypeDescription="إنشاء مستند جديد." ma:contentTypeScope="" ma:versionID="6f8e0f525c7050d2c35115c84a52c9d8">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="b40a77b7faa1c8487d140d7a66f6cfb9" ns2:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_Version" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="_Version" ma:index="8" nillable="true" ma:displayName="الإصدار" ma:internalName="_Version">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
@@ -21186,114 +20767,190 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6EC27BC-53E1-40D1-B280-97D426FC7F43}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{251C150A-1313-4B54-8D04-C953D57090AF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5117615-216E-468B-A818-0E0F7AA4A1A6}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5117615-216E-468B-A818-0E0F7AA4A1A6}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{251C150A-1313-4B54-8D04-C953D57090AF}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D6EC27BC-53E1-40D1-B280-97D426FC7F43}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC30BA08-FFB2-4DDE-B53A-09E0814818D1}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{585F04B2-C923-4AE8-905B-3F4D6DBA7B93}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>18069</Characters>
+  <Pages>1</Pages>
+  <Words>3330</Words>
+  <Characters>18982</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>42</Paragraphs>
+  <DocSecurity>8</DocSecurity>
+  <Lines>158</Lines>
+  <Paragraphs>44</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>العنوان</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>إجراء ضبط الوثائق</vt:lpstr>
       <vt:lpstr>إجراء ضبط الوثائق</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>قطاع المطابقة والعمليات</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21196</CharactersWithSpaces>
+  <CharactersWithSpaces>22268</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>إجراء ضبط الوثائق</dc:title>
   <dc:subject>QMS-PR-01 V6.0</dc:subject>
   <dc:creator>Faisal R. AlMutairi فيصل رشدان المطيري</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100260ED81E2F00C3428724B8608D442E9B</vt:lpwstr>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="DLPManualFileClassification">
+    <vt:lpwstr>{67C5EFE8-E020-4CE1-B868-2326FB5FAF03}</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="DLPManualFileClassificationLastModifiedBy">
+    <vt:lpwstr>SASO\a.asiri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="DLPManualFileClassificationLastModificationDate">
+    <vt:lpwstr>1770206029</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="DLPManualFileClassificationVersion">
+    <vt:lpwstr>11.14.0.414</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="DLPVisualLabelFileClassification">
+    <vt:lpwstr>{67C5EFE8-E020-4CE1-B868-2326FB5FAF03}</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="DLPVisualLabelFileClassificationModifiedBy">
+    <vt:lpwstr>SASO\a.asiri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="DLPVisualLabelFileClassificationModifiedDate">
+    <vt:lpwstr>1770206029</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="DLPVisualLabelFileClassificationAlignment">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="DLPVisualLabelFileClassificationPosition">
+    <vt:lpwstr>TrellixVisuallabelHeader</vt:lpwstr>
+  </property>
 </Properties>
 </file>